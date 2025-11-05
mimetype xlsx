--- v0 (2025-10-06)
+++ v1 (2025-11-05)
@@ -162,84 +162,84 @@
   <si>
     <t>V41695021)</t>
   </si>
   <si>
     <t>V41695053)</t>
   </si>
   <si>
     <t>V41695058)</t>
   </si>
   <si>
     <t>V41695073)</t>
   </si>
   <si>
     <t>V41695081)</t>
   </si>
   <si>
     <t>V41695097)</t>
   </si>
   <si>
     <t>V41695107)</t>
   </si>
   <si>
     <t>V41695117)</t>
   </si>
   <si>
+    <t>Sep</t>
+  </si>
+  <si>
     <t>Aug</t>
   </si>
   <si>
     <t>Jul</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Dec</t>
   </si>
   <si>
     <t>Nov</t>
   </si>
   <si>
     <t>Oct</t>
-  </si>
-[...1 lines deleted...]
-    <t>Sep</t>
   </si>
   <si>
     <t>Annual Totals</t>
   </si>
   <si>
     <t>Monthly Average</t>
   </si>
   <si>
     <t>Source: Statistics Canada</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF0070C0"/>
         <sz val="14"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Consumer Price Index, </t>
     </r>
     <r>
       <rPr>
@@ -947,462 +947,462 @@
       </c>
       <c r="G9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="H9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="I9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="J9" s="6" t="s">
         <v>39</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11">
         <v>2025</v>
       </c>
       <c r="B11" t="s">
         <v>41</v>
       </c>
       <c r="C11" s="7">
-        <v>163.1</v>
+        <v>162.4</v>
       </c>
       <c r="D11" s="7">
-        <v>187.1</v>
+        <v>188.4</v>
       </c>
       <c r="E11" s="7">
-        <v>198.5</v>
+        <v>198.9</v>
       </c>
       <c r="F11" s="7">
-        <v>109.2</v>
+        <v>109.5</v>
       </c>
       <c r="G11" s="7">
-        <v>111.9</v>
+        <v>108.4</v>
       </c>
       <c r="H11" s="7">
-        <v>165.9</v>
+        <v>160.5</v>
       </c>
       <c r="I11" s="7">
-        <v>142.4</v>
+        <v>144.3</v>
       </c>
       <c r="J11" s="7">
-        <v>120</v>
+        <v>118.9</v>
       </c>
       <c r="K11" s="7">
-        <v>206.4</v>
+        <v>206.9</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="B12" t="s">
         <v>42</v>
       </c>
       <c r="C12" s="7">
-        <v>164</v>
+        <v>163.1</v>
       </c>
       <c r="D12" s="7">
-        <v>189.5</v>
+        <v>187.1</v>
       </c>
       <c r="E12" s="7">
-        <v>198.6</v>
+        <v>198.5</v>
       </c>
       <c r="F12" s="7">
         <v>109.2</v>
       </c>
       <c r="G12" s="7">
-        <v>113.1</v>
+        <v>111.9</v>
       </c>
       <c r="H12" s="7">
-        <v>170.3</v>
+        <v>165.9</v>
       </c>
       <c r="I12" s="7">
-        <v>142.8</v>
+        <v>142.4</v>
       </c>
       <c r="J12" s="7">
-        <v>118.9</v>
+        <v>120</v>
       </c>
       <c r="K12" s="7">
-        <v>205.6</v>
+        <v>206.4</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="B13" t="s">
         <v>43</v>
       </c>
       <c r="C13" s="7">
-        <v>163.5</v>
+        <v>164</v>
       </c>
       <c r="D13" s="7">
-        <v>189.8</v>
+        <v>189.5</v>
       </c>
       <c r="E13" s="7">
-        <v>198.5</v>
+        <v>198.6</v>
       </c>
       <c r="F13" s="7">
-        <v>107.6</v>
+        <v>109.2</v>
       </c>
       <c r="G13" s="7">
-        <v>113.9</v>
+        <v>113.1</v>
       </c>
       <c r="H13" s="7">
-        <v>167.3</v>
+        <v>170.3</v>
       </c>
       <c r="I13" s="7">
-        <v>142.7</v>
+        <v>142.8</v>
       </c>
       <c r="J13" s="7">
-        <v>119.6</v>
+        <v>118.9</v>
       </c>
       <c r="K13" s="7">
         <v>205.6</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="B14" t="s">
         <v>44</v>
       </c>
       <c r="C14" s="7">
-        <v>163.1</v>
+        <v>163.5</v>
       </c>
       <c r="D14" s="7">
-        <v>190.7</v>
+        <v>189.8</v>
       </c>
       <c r="E14" s="7">
-        <v>198.3</v>
+        <v>198.5</v>
       </c>
       <c r="F14" s="7">
-        <v>108.6</v>
+        <v>107.6</v>
       </c>
       <c r="G14" s="7">
-        <v>110.4</v>
+        <v>113.9</v>
       </c>
       <c r="H14" s="7">
-        <v>163.6</v>
+        <v>167.3</v>
       </c>
       <c r="I14" s="7">
         <v>142.7</v>
       </c>
       <c r="J14" s="7">
-        <v>120.4</v>
+        <v>119.6</v>
       </c>
       <c r="K14" s="7">
-        <v>205.7</v>
+        <v>205.6</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="B15" t="s">
         <v>45</v>
       </c>
       <c r="C15" s="7">
-        <v>163.5</v>
+        <v>163.1</v>
       </c>
       <c r="D15" s="7">
-        <v>190.1</v>
+        <v>190.7</v>
       </c>
       <c r="E15" s="7">
-        <v>199.6</v>
+        <v>198.3</v>
       </c>
       <c r="F15" s="7">
-        <v>108.2</v>
+        <v>108.6</v>
       </c>
       <c r="G15" s="7">
-        <v>114.7</v>
+        <v>110.4</v>
       </c>
       <c r="H15" s="7">
-        <v>164.4</v>
+        <v>163.6</v>
       </c>
       <c r="I15" s="7">
-        <v>140.7</v>
+        <v>142.7</v>
       </c>
       <c r="J15" s="7">
-        <v>119.9</v>
+        <v>120.4</v>
       </c>
       <c r="K15" s="7">
-        <v>206</v>
+        <v>205.7</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="7">
         <v>163.5</v>
       </c>
       <c r="D16" s="7">
-        <v>187.9</v>
+        <v>190.1</v>
       </c>
       <c r="E16" s="7">
-        <v>200.2</v>
+        <v>199.6</v>
       </c>
       <c r="F16" s="7">
-        <v>108.3</v>
+        <v>108.2</v>
       </c>
       <c r="G16" s="7">
-        <v>113</v>
+        <v>114.7</v>
       </c>
       <c r="H16" s="7">
-        <v>165.6</v>
+        <v>164.4</v>
       </c>
       <c r="I16" s="7">
-        <v>139.6</v>
+        <v>140.7</v>
       </c>
       <c r="J16" s="7">
-        <v>122.2</v>
+        <v>119.9</v>
       </c>
       <c r="K16" s="7">
-        <v>204.4</v>
+        <v>206</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="B17" t="s">
         <v>47</v>
       </c>
       <c r="C17" s="7">
-        <v>163.1</v>
+        <v>163.5</v>
       </c>
       <c r="D17" s="7">
-        <v>187.3</v>
+        <v>187.9</v>
       </c>
       <c r="E17" s="7">
-        <v>199.6</v>
+        <v>200.2</v>
       </c>
       <c r="F17" s="7">
-        <v>108.7</v>
+        <v>108.3</v>
       </c>
       <c r="G17" s="7">
-        <v>109.5</v>
+        <v>113</v>
       </c>
       <c r="H17" s="7">
-        <v>164.3</v>
+        <v>165.6</v>
       </c>
       <c r="I17" s="7">
-        <v>140</v>
+        <v>139.6</v>
       </c>
       <c r="J17" s="7">
-        <v>124.1</v>
+        <v>122.2</v>
       </c>
       <c r="K17" s="7">
-        <v>203.8</v>
+        <v>204.4</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="B18" t="s">
         <v>48</v>
       </c>
       <c r="C18" s="7">
+        <v>163.1</v>
+      </c>
+      <c r="D18" s="7">
+        <v>187.3</v>
+      </c>
+      <c r="E18" s="7">
+        <v>199.6</v>
+      </c>
+      <c r="F18" s="7">
+        <v>108.7</v>
+      </c>
+      <c r="G18" s="7">
+        <v>109.5</v>
+      </c>
+      <c r="H18" s="7">
+        <v>164.3</v>
+      </c>
+      <c r="I18" s="7">
+        <v>140</v>
+      </c>
+      <c r="J18" s="7">
+        <v>124.1</v>
+      </c>
+      <c r="K18" s="7">
+        <v>203.8</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11">
+      <c r="B19" t="s">
+        <v>49</v>
+      </c>
+      <c r="C19" s="7">
         <v>161.8</v>
       </c>
-      <c r="D18" s="7">
+      <c r="D19" s="7">
         <v>185.4</v>
       </c>
-      <c r="E18" s="7">
+      <c r="E19" s="7">
         <v>198.8</v>
       </c>
-      <c r="F18" s="7">
+      <c r="F19" s="7">
         <v>107.4</v>
       </c>
-      <c r="G18" s="7">
+      <c r="G19" s="7">
         <v>110.3</v>
       </c>
-      <c r="H18" s="7">
+      <c r="H19" s="7">
         <v>164.8</v>
       </c>
-      <c r="I18" s="7">
+      <c r="I19" s="7">
         <v>140.1</v>
       </c>
-      <c r="J18" s="7">
+      <c r="J19" s="7">
         <v>119.7</v>
       </c>
-      <c r="K18" s="7">
+      <c r="K19" s="7">
         <v>201.5</v>
       </c>
     </row>
-    <row r="20" spans="1:11">
-      <c r="A20">
+    <row r="21" spans="1:11">
+      <c r="A21">
         <v>2024</v>
       </c>
-      <c r="B20" t="s">
-[...30 lines deleted...]
-    <row r="21" spans="1:11">
       <c r="B21" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="7">
-        <v>160.6</v>
+        <v>160.8</v>
       </c>
       <c r="D21" s="7">
-        <v>184.4</v>
+        <v>186</v>
       </c>
       <c r="E21" s="7">
-        <v>193</v>
+        <v>193.1</v>
       </c>
       <c r="F21" s="7">
-        <v>107.8</v>
+        <v>106.1</v>
       </c>
       <c r="G21" s="7">
-        <v>113.9</v>
+        <v>109.4</v>
       </c>
       <c r="H21" s="7">
-        <v>162.9</v>
+        <v>172</v>
       </c>
       <c r="I21" s="7">
-        <v>142.1</v>
+        <v>140.3</v>
       </c>
       <c r="J21" s="7">
-        <v>120.3</v>
+        <v>117.7</v>
       </c>
       <c r="K21" s="7">
-        <v>204.4</v>
+        <v>202.2</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="B22" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="7">
-        <v>160.8</v>
+        <v>160.6</v>
       </c>
       <c r="D22" s="7">
-        <v>186.1</v>
+        <v>184.4</v>
       </c>
       <c r="E22" s="7">
-        <v>192.6</v>
+        <v>193</v>
       </c>
       <c r="F22" s="7">
-        <v>109.7</v>
+        <v>107.8</v>
       </c>
       <c r="G22" s="7">
         <v>113.9</v>
       </c>
       <c r="H22" s="7">
         <v>162.9</v>
       </c>
       <c r="I22" s="7">
-        <v>140.4</v>
+        <v>142.1</v>
       </c>
       <c r="J22" s="7">
-        <v>119.4</v>
+        <v>120.3</v>
       </c>
       <c r="K22" s="7">
-        <v>203.2</v>
+        <v>204.4</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="B23" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="7">
-        <v>159.4</v>
+        <v>160.8</v>
       </c>
       <c r="D23" s="7">
-        <v>182.3</v>
+        <v>186.1</v>
       </c>
       <c r="E23" s="7">
-        <v>192</v>
+        <v>192.6</v>
       </c>
       <c r="F23" s="7">
-        <v>106.8</v>
+        <v>109.7</v>
       </c>
       <c r="G23" s="7">
         <v>113.9</v>
       </c>
       <c r="H23" s="7">
-        <v>163.8</v>
+        <v>162.9</v>
       </c>
       <c r="I23" s="7">
-        <v>139</v>
+        <v>140.4</v>
       </c>
       <c r="J23" s="7">
-        <v>118.6</v>
+        <v>119.4</v>
       </c>
       <c r="K23" s="7">
-        <v>202.7</v>
+        <v>203.2</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="B24" t="s">
         <v>41</v>
       </c>
       <c r="C24" s="7">
-        <v>160.1</v>
+        <v>159.4</v>
       </c>
       <c r="D24" s="7">
-        <v>181.7</v>
+        <v>182.3</v>
       </c>
       <c r="E24" s="7">
-        <v>191.9</v>
+        <v>192</v>
       </c>
       <c r="F24" s="7">
-        <v>108.1</v>
+        <v>106.8</v>
       </c>
       <c r="G24" s="7">
-        <v>111.9</v>
+        <v>113.9</v>
       </c>
       <c r="H24" s="7">
-        <v>168</v>
+        <v>163.8</v>
       </c>
       <c r="I24" s="7">
-        <v>144.3</v>
+        <v>139</v>
       </c>
       <c r="J24" s="7">
-        <v>119</v>
+        <v>118.6</v>
       </c>
       <c r="K24" s="7">
-        <v>201.8</v>
+        <v>202.7</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B27" s="8"/>
       <c r="C27" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D27" s="9"/>
       <c r="E27" s="9"/>
       <c r="F27" s="9"/>
       <c r="G27" s="9"/>
       <c r="H27" s="9"/>
       <c r="I27" s="9"/>
       <c r="J27" s="9"/>
       <c r="K27" s="9"/>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="2">
         <v>2024</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="10">
@@ -2029,462 +2029,462 @@
       </c>
       <c r="G9" s="6" t="s">
         <v>70</v>
       </c>
       <c r="H9" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I9" s="6" t="s">
         <v>72</v>
       </c>
       <c r="J9" s="6" t="s">
         <v>73</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11">
         <v>2025</v>
       </c>
       <c r="B11" t="s">
         <v>41</v>
       </c>
       <c r="C11" s="7">
-        <v>164.8</v>
+        <v>164.9</v>
       </c>
       <c r="D11" s="7">
-        <v>196.8</v>
+        <v>197.5</v>
       </c>
       <c r="E11" s="7">
-        <v>188</v>
+        <v>188.2</v>
       </c>
       <c r="F11" s="7">
-        <v>133.9</v>
+        <v>134.1</v>
       </c>
       <c r="G11" s="7">
-        <v>93.59999999999999</v>
+        <v>93.5</v>
       </c>
       <c r="H11" s="7">
-        <v>172.7</v>
+        <v>171.8</v>
       </c>
       <c r="I11" s="7">
-        <v>155.4</v>
+        <v>155.8</v>
       </c>
       <c r="J11" s="7">
-        <v>128.7</v>
+        <v>129.6</v>
       </c>
       <c r="K11" s="7">
-        <v>200.5</v>
+        <v>200.8</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="B12" t="s">
         <v>42</v>
       </c>
       <c r="C12" s="7">
-        <v>164.9</v>
+        <v>164.8</v>
       </c>
       <c r="D12" s="7">
         <v>196.8</v>
       </c>
       <c r="E12" s="7">
-        <v>187.9</v>
+        <v>188</v>
       </c>
       <c r="F12" s="7">
-        <v>133.5</v>
+        <v>133.9</v>
       </c>
       <c r="G12" s="7">
-        <v>93.3</v>
+        <v>93.59999999999999</v>
       </c>
       <c r="H12" s="7">
-        <v>173.3</v>
+        <v>172.7</v>
       </c>
       <c r="I12" s="7">
-        <v>155</v>
+        <v>155.4</v>
       </c>
       <c r="J12" s="7">
-        <v>130.3</v>
+        <v>128.7</v>
       </c>
       <c r="K12" s="7">
-        <v>200.1</v>
+        <v>200.5</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="B13" t="s">
         <v>43</v>
       </c>
       <c r="C13" s="7">
-        <v>164.4</v>
+        <v>164.9</v>
       </c>
       <c r="D13" s="7">
-        <v>195.6</v>
+        <v>196.8</v>
       </c>
       <c r="E13" s="7">
-        <v>187.3</v>
+        <v>187.9</v>
       </c>
       <c r="F13" s="7">
-        <v>132.9</v>
+        <v>133.5</v>
       </c>
       <c r="G13" s="7">
-        <v>95.09999999999999</v>
+        <v>93.3</v>
       </c>
       <c r="H13" s="7">
-        <v>172.6</v>
+        <v>173.3</v>
       </c>
       <c r="I13" s="7">
-        <v>154.8</v>
+        <v>155</v>
       </c>
       <c r="J13" s="7">
-        <v>129.6</v>
+        <v>130.3</v>
       </c>
       <c r="K13" s="7">
-        <v>200.2</v>
+        <v>200.1</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="B14" t="s">
         <v>44</v>
       </c>
       <c r="C14" s="7">
-        <v>164.3</v>
+        <v>164.4</v>
       </c>
       <c r="D14" s="7">
-        <v>195.4</v>
+        <v>195.6</v>
       </c>
       <c r="E14" s="7">
-        <v>186.9</v>
+        <v>187.3</v>
       </c>
       <c r="F14" s="7">
-        <v>133.1</v>
+        <v>132.9</v>
       </c>
       <c r="G14" s="7">
-        <v>95.5</v>
+        <v>95.09999999999999</v>
       </c>
       <c r="H14" s="7">
-        <v>171.7</v>
+        <v>172.6</v>
       </c>
       <c r="I14" s="7">
-        <v>154.4</v>
+        <v>154.8</v>
       </c>
       <c r="J14" s="7">
-        <v>130.6</v>
+        <v>129.6</v>
       </c>
       <c r="K14" s="7">
-        <v>200.4</v>
+        <v>200.2</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="B15" t="s">
         <v>45</v>
       </c>
       <c r="C15" s="7">
-        <v>163.4</v>
+        <v>164.3</v>
       </c>
       <c r="D15" s="7">
-        <v>194.5</v>
+        <v>195.4</v>
       </c>
       <c r="E15" s="7">
         <v>186.9</v>
       </c>
       <c r="F15" s="7">
-        <v>132.4</v>
+        <v>133.1</v>
       </c>
       <c r="G15" s="7">
-        <v>94.2</v>
+        <v>95.5</v>
       </c>
       <c r="H15" s="7">
-        <v>170.5</v>
+        <v>171.7</v>
       </c>
       <c r="I15" s="7">
-        <v>152.8</v>
+        <v>154.4</v>
       </c>
       <c r="J15" s="7">
-        <v>128.4</v>
+        <v>130.6</v>
       </c>
       <c r="K15" s="7">
-        <v>200</v>
+        <v>200.4</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="7">
-        <v>163.5</v>
+        <v>163.4</v>
       </c>
       <c r="D16" s="7">
-        <v>193.8</v>
+        <v>194.5</v>
       </c>
       <c r="E16" s="7">
-        <v>187</v>
+        <v>186.9</v>
       </c>
       <c r="F16" s="7">
-        <v>131.3</v>
+        <v>132.4</v>
       </c>
       <c r="G16" s="7">
-        <v>94.40000000000001</v>
+        <v>94.2</v>
       </c>
       <c r="H16" s="7">
-        <v>173.1</v>
+        <v>170.5</v>
       </c>
       <c r="I16" s="7">
-        <v>152</v>
+        <v>152.8</v>
       </c>
       <c r="J16" s="7">
-        <v>128.6</v>
+        <v>128.4</v>
       </c>
       <c r="K16" s="7">
-        <v>199.7</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="B17" t="s">
         <v>47</v>
       </c>
       <c r="C17" s="7">
-        <v>163</v>
+        <v>163.5</v>
       </c>
       <c r="D17" s="7">
-        <v>190.5</v>
+        <v>193.8</v>
       </c>
       <c r="E17" s="7">
-        <v>186.7</v>
+        <v>187</v>
       </c>
       <c r="F17" s="7">
-        <v>131.7</v>
+        <v>131.3</v>
       </c>
       <c r="G17" s="7">
-        <v>92.90000000000001</v>
+        <v>94.40000000000001</v>
       </c>
       <c r="H17" s="7">
-        <v>173.6</v>
+        <v>173.1</v>
       </c>
       <c r="I17" s="7">
-        <v>151.9</v>
+        <v>152</v>
       </c>
       <c r="J17" s="7">
-        <v>129.6</v>
+        <v>128.6</v>
       </c>
       <c r="K17" s="7">
-        <v>195.2</v>
+        <v>199.7</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="B18" t="s">
         <v>48</v>
       </c>
       <c r="C18" s="7">
+        <v>163</v>
+      </c>
+      <c r="D18" s="7">
+        <v>190.5</v>
+      </c>
+      <c r="E18" s="7">
+        <v>186.7</v>
+      </c>
+      <c r="F18" s="7">
+        <v>131.7</v>
+      </c>
+      <c r="G18" s="7">
+        <v>92.90000000000001</v>
+      </c>
+      <c r="H18" s="7">
+        <v>173.6</v>
+      </c>
+      <c r="I18" s="7">
+        <v>151.9</v>
+      </c>
+      <c r="J18" s="7">
+        <v>129.6</v>
+      </c>
+      <c r="K18" s="7">
+        <v>195.2</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11">
+      <c r="B19" t="s">
+        <v>49</v>
+      </c>
+      <c r="C19" s="7">
         <v>161.3</v>
       </c>
-      <c r="D18" s="7">
+      <c r="D19" s="7">
         <v>187</v>
       </c>
-      <c r="E18" s="7">
+      <c r="E19" s="7">
         <v>186.4</v>
       </c>
-      <c r="F18" s="7">
+      <c r="F19" s="7">
         <v>130.5</v>
       </c>
-      <c r="G18" s="7">
+      <c r="G19" s="7">
         <v>91.40000000000001</v>
       </c>
-      <c r="H18" s="7">
+      <c r="H19" s="7">
         <v>173.1</v>
       </c>
-      <c r="I18" s="7">
+      <c r="I19" s="7">
         <v>151.1</v>
       </c>
-      <c r="J18" s="7">
+      <c r="J19" s="7">
         <v>125.3</v>
       </c>
-      <c r="K18" s="7">
+      <c r="K19" s="7">
         <v>192.3</v>
       </c>
     </row>
-    <row r="20" spans="1:11">
-      <c r="A20">
+    <row r="21" spans="1:11">
+      <c r="A21">
         <v>2024</v>
       </c>
-      <c r="B20" t="s">
-[...30 lines deleted...]
-    <row r="21" spans="1:11">
       <c r="B21" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="7">
-        <v>161.8</v>
+        <v>161.2</v>
       </c>
       <c r="D21" s="7">
-        <v>191.5</v>
+        <v>188</v>
       </c>
       <c r="E21" s="7">
-        <v>185.3</v>
+        <v>185.8</v>
       </c>
       <c r="F21" s="7">
-        <v>130</v>
+        <v>128.6</v>
       </c>
       <c r="G21" s="7">
-        <v>94.2</v>
+        <v>91.40000000000001</v>
       </c>
       <c r="H21" s="7">
-        <v>170.4</v>
+        <v>173.4</v>
       </c>
       <c r="I21" s="7">
-        <v>151.6</v>
+        <v>151.3</v>
       </c>
       <c r="J21" s="7">
-        <v>126.9</v>
+        <v>126</v>
       </c>
       <c r="K21" s="7">
-        <v>198.3</v>
+        <v>193.5</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="B22" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="7">
         <v>161.8</v>
       </c>
       <c r="D22" s="7">
-        <v>190.5</v>
+        <v>191.5</v>
       </c>
       <c r="E22" s="7">
-        <v>184.8</v>
+        <v>185.3</v>
       </c>
       <c r="F22" s="7">
-        <v>131.2</v>
+        <v>130</v>
       </c>
       <c r="G22" s="7">
-        <v>95</v>
+        <v>94.2</v>
       </c>
       <c r="H22" s="7">
-        <v>169.9</v>
+        <v>170.4</v>
       </c>
       <c r="I22" s="7">
-        <v>151.9</v>
+        <v>151.6</v>
       </c>
       <c r="J22" s="7">
-        <v>127.5</v>
+        <v>126.9</v>
       </c>
       <c r="K22" s="7">
-        <v>198</v>
+        <v>198.3</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="B23" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="7">
-        <v>161.1</v>
+        <v>161.8</v>
       </c>
       <c r="D23" s="7">
-        <v>190.3</v>
+        <v>190.5</v>
       </c>
       <c r="E23" s="7">
-        <v>183.5</v>
+        <v>184.8</v>
       </c>
       <c r="F23" s="7">
-        <v>131</v>
+        <v>131.2</v>
       </c>
       <c r="G23" s="7">
-        <v>92.8</v>
+        <v>95</v>
       </c>
       <c r="H23" s="7">
-        <v>169.3</v>
+        <v>169.9</v>
       </c>
       <c r="I23" s="7">
         <v>151.9</v>
       </c>
       <c r="J23" s="7">
         <v>127.5</v>
       </c>
       <c r="K23" s="7">
-        <v>197.8</v>
+        <v>198</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="B24" t="s">
         <v>41</v>
       </c>
       <c r="C24" s="7">
-        <v>161.8</v>
+        <v>161.1</v>
       </c>
       <c r="D24" s="7">
         <v>190.3</v>
       </c>
       <c r="E24" s="7">
-        <v>183.3</v>
+        <v>183.5</v>
       </c>
       <c r="F24" s="7">
-        <v>131.2</v>
+        <v>131</v>
       </c>
       <c r="G24" s="7">
-        <v>92</v>
+        <v>92.8</v>
       </c>
       <c r="H24" s="7">
-        <v>173.5</v>
+        <v>169.3</v>
       </c>
       <c r="I24" s="7">
-        <v>151.1</v>
+        <v>151.9</v>
       </c>
       <c r="J24" s="7">
-        <v>128</v>
+        <v>127.5</v>
       </c>
       <c r="K24" s="7">
-        <v>197.9</v>
+        <v>197.8</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B27" s="8"/>
       <c r="C27" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D27" s="9"/>
       <c r="E27" s="9"/>
       <c r="F27" s="9"/>
       <c r="G27" s="9"/>
       <c r="H27" s="9"/>
       <c r="I27" s="9"/>
       <c r="J27" s="9"/>
       <c r="K27" s="9"/>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="2">
         <v>2024</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="10">