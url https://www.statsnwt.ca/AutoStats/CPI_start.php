--- v1 (2025-11-05)
+++ v2 (2025-11-26)
@@ -162,84 +162,84 @@
   <si>
     <t>V41695021)</t>
   </si>
   <si>
     <t>V41695053)</t>
   </si>
   <si>
     <t>V41695058)</t>
   </si>
   <si>
     <t>V41695073)</t>
   </si>
   <si>
     <t>V41695081)</t>
   </si>
   <si>
     <t>V41695097)</t>
   </si>
   <si>
     <t>V41695107)</t>
   </si>
   <si>
     <t>V41695117)</t>
   </si>
   <si>
+    <t>Oct</t>
+  </si>
+  <si>
     <t>Sep</t>
   </si>
   <si>
     <t>Aug</t>
   </si>
   <si>
     <t>Jul</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Dec</t>
   </si>
   <si>
     <t>Nov</t>
-  </si>
-[...1 lines deleted...]
-    <t>Oct</t>
   </si>
   <si>
     <t>Annual Totals</t>
   </si>
   <si>
     <t>Monthly Average</t>
   </si>
   <si>
     <t>Source: Statistics Canada</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF0070C0"/>
         <sz val="14"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Consumer Price Index, </t>
     </r>
     <r>
       <rPr>
@@ -947,462 +947,462 @@
       </c>
       <c r="G9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="H9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="I9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="J9" s="6" t="s">
         <v>39</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11">
         <v>2025</v>
       </c>
       <c r="B11" t="s">
         <v>41</v>
       </c>
       <c r="C11" s="7">
-        <v>162.4</v>
+        <v>163.6</v>
       </c>
       <c r="D11" s="7">
-        <v>188.4</v>
+        <v>187.7</v>
       </c>
       <c r="E11" s="7">
-        <v>198.9</v>
+        <v>200</v>
       </c>
       <c r="F11" s="7">
-        <v>109.5</v>
+        <v>111.2</v>
       </c>
       <c r="G11" s="7">
-        <v>108.4</v>
+        <v>109.2</v>
       </c>
       <c r="H11" s="7">
-        <v>160.5</v>
+        <v>162.6</v>
       </c>
       <c r="I11" s="7">
-        <v>144.3</v>
+        <v>145.6</v>
       </c>
       <c r="J11" s="7">
-        <v>118.9</v>
+        <v>121</v>
       </c>
       <c r="K11" s="7">
-        <v>206.9</v>
+        <v>207</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="B12" t="s">
         <v>42</v>
       </c>
       <c r="C12" s="7">
-        <v>163.1</v>
+        <v>162.4</v>
       </c>
       <c r="D12" s="7">
-        <v>187.1</v>
+        <v>188.4</v>
       </c>
       <c r="E12" s="7">
-        <v>198.5</v>
+        <v>198.9</v>
       </c>
       <c r="F12" s="7">
-        <v>109.2</v>
+        <v>109.5</v>
       </c>
       <c r="G12" s="7">
-        <v>111.9</v>
+        <v>108.4</v>
       </c>
       <c r="H12" s="7">
-        <v>165.9</v>
+        <v>160.5</v>
       </c>
       <c r="I12" s="7">
-        <v>142.4</v>
+        <v>144.3</v>
       </c>
       <c r="J12" s="7">
-        <v>120</v>
+        <v>118.9</v>
       </c>
       <c r="K12" s="7">
-        <v>206.4</v>
+        <v>206.9</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="B13" t="s">
         <v>43</v>
       </c>
       <c r="C13" s="7">
-        <v>164</v>
+        <v>163.1</v>
       </c>
       <c r="D13" s="7">
-        <v>189.5</v>
+        <v>187.1</v>
       </c>
       <c r="E13" s="7">
-        <v>198.6</v>
+        <v>198.5</v>
       </c>
       <c r="F13" s="7">
         <v>109.2</v>
       </c>
       <c r="G13" s="7">
-        <v>113.1</v>
+        <v>111.9</v>
       </c>
       <c r="H13" s="7">
-        <v>170.3</v>
+        <v>165.9</v>
       </c>
       <c r="I13" s="7">
-        <v>142.8</v>
+        <v>142.4</v>
       </c>
       <c r="J13" s="7">
-        <v>118.9</v>
+        <v>120</v>
       </c>
       <c r="K13" s="7">
-        <v>205.6</v>
+        <v>206.4</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="B14" t="s">
         <v>44</v>
       </c>
       <c r="C14" s="7">
-        <v>163.5</v>
+        <v>164</v>
       </c>
       <c r="D14" s="7">
-        <v>189.8</v>
+        <v>189.5</v>
       </c>
       <c r="E14" s="7">
-        <v>198.5</v>
+        <v>198.6</v>
       </c>
       <c r="F14" s="7">
-        <v>107.6</v>
+        <v>109.2</v>
       </c>
       <c r="G14" s="7">
-        <v>113.9</v>
+        <v>113.1</v>
       </c>
       <c r="H14" s="7">
-        <v>167.3</v>
+        <v>170.3</v>
       </c>
       <c r="I14" s="7">
-        <v>142.7</v>
+        <v>142.8</v>
       </c>
       <c r="J14" s="7">
-        <v>119.6</v>
+        <v>118.9</v>
       </c>
       <c r="K14" s="7">
         <v>205.6</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="B15" t="s">
         <v>45</v>
       </c>
       <c r="C15" s="7">
-        <v>163.1</v>
+        <v>163.5</v>
       </c>
       <c r="D15" s="7">
-        <v>190.7</v>
+        <v>189.8</v>
       </c>
       <c r="E15" s="7">
-        <v>198.3</v>
+        <v>198.5</v>
       </c>
       <c r="F15" s="7">
-        <v>108.6</v>
+        <v>107.6</v>
       </c>
       <c r="G15" s="7">
-        <v>110.4</v>
+        <v>113.9</v>
       </c>
       <c r="H15" s="7">
-        <v>163.6</v>
+        <v>167.3</v>
       </c>
       <c r="I15" s="7">
         <v>142.7</v>
       </c>
       <c r="J15" s="7">
-        <v>120.4</v>
+        <v>119.6</v>
       </c>
       <c r="K15" s="7">
-        <v>205.7</v>
+        <v>205.6</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="7">
-        <v>163.5</v>
+        <v>163.1</v>
       </c>
       <c r="D16" s="7">
-        <v>190.1</v>
+        <v>190.7</v>
       </c>
       <c r="E16" s="7">
-        <v>199.6</v>
+        <v>198.3</v>
       </c>
       <c r="F16" s="7">
-        <v>108.2</v>
+        <v>108.6</v>
       </c>
       <c r="G16" s="7">
-        <v>114.7</v>
+        <v>110.4</v>
       </c>
       <c r="H16" s="7">
-        <v>164.4</v>
+        <v>163.6</v>
       </c>
       <c r="I16" s="7">
-        <v>140.7</v>
+        <v>142.7</v>
       </c>
       <c r="J16" s="7">
-        <v>119.9</v>
+        <v>120.4</v>
       </c>
       <c r="K16" s="7">
-        <v>206</v>
+        <v>205.7</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="B17" t="s">
         <v>47</v>
       </c>
       <c r="C17" s="7">
         <v>163.5</v>
       </c>
       <c r="D17" s="7">
-        <v>187.9</v>
+        <v>190.1</v>
       </c>
       <c r="E17" s="7">
-        <v>200.2</v>
+        <v>199.6</v>
       </c>
       <c r="F17" s="7">
-        <v>108.3</v>
+        <v>108.2</v>
       </c>
       <c r="G17" s="7">
-        <v>113</v>
+        <v>114.7</v>
       </c>
       <c r="H17" s="7">
-        <v>165.6</v>
+        <v>164.4</v>
       </c>
       <c r="I17" s="7">
-        <v>139.6</v>
+        <v>140.7</v>
       </c>
       <c r="J17" s="7">
-        <v>122.2</v>
+        <v>119.9</v>
       </c>
       <c r="K17" s="7">
-        <v>204.4</v>
+        <v>206</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="B18" t="s">
         <v>48</v>
       </c>
       <c r="C18" s="7">
-        <v>163.1</v>
+        <v>163.5</v>
       </c>
       <c r="D18" s="7">
-        <v>187.3</v>
+        <v>187.9</v>
       </c>
       <c r="E18" s="7">
-        <v>199.6</v>
+        <v>200.2</v>
       </c>
       <c r="F18" s="7">
-        <v>108.7</v>
+        <v>108.3</v>
       </c>
       <c r="G18" s="7">
-        <v>109.5</v>
+        <v>113</v>
       </c>
       <c r="H18" s="7">
-        <v>164.3</v>
+        <v>165.6</v>
       </c>
       <c r="I18" s="7">
-        <v>140</v>
+        <v>139.6</v>
       </c>
       <c r="J18" s="7">
-        <v>124.1</v>
+        <v>122.2</v>
       </c>
       <c r="K18" s="7">
-        <v>203.8</v>
+        <v>204.4</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="B19" t="s">
         <v>49</v>
       </c>
       <c r="C19" s="7">
+        <v>163.1</v>
+      </c>
+      <c r="D19" s="7">
+        <v>187.3</v>
+      </c>
+      <c r="E19" s="7">
+        <v>199.6</v>
+      </c>
+      <c r="F19" s="7">
+        <v>108.7</v>
+      </c>
+      <c r="G19" s="7">
+        <v>109.5</v>
+      </c>
+      <c r="H19" s="7">
+        <v>164.3</v>
+      </c>
+      <c r="I19" s="7">
+        <v>140</v>
+      </c>
+      <c r="J19" s="7">
+        <v>124.1</v>
+      </c>
+      <c r="K19" s="7">
+        <v>203.8</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11">
+      <c r="B20" t="s">
+        <v>50</v>
+      </c>
+      <c r="C20" s="7">
         <v>161.8</v>
       </c>
-      <c r="D19" s="7">
+      <c r="D20" s="7">
         <v>185.4</v>
       </c>
-      <c r="E19" s="7">
+      <c r="E20" s="7">
         <v>198.8</v>
       </c>
-      <c r="F19" s="7">
+      <c r="F20" s="7">
         <v>107.4</v>
       </c>
-      <c r="G19" s="7">
+      <c r="G20" s="7">
         <v>110.3</v>
       </c>
-      <c r="H19" s="7">
+      <c r="H20" s="7">
         <v>164.8</v>
       </c>
-      <c r="I19" s="7">
+      <c r="I20" s="7">
         <v>140.1</v>
       </c>
-      <c r="J19" s="7">
+      <c r="J20" s="7">
         <v>119.7</v>
       </c>
-      <c r="K19" s="7">
+      <c r="K20" s="7">
         <v>201.5</v>
       </c>
     </row>
-    <row r="21" spans="1:11">
-      <c r="A21">
+    <row r="22" spans="1:11">
+      <c r="A22">
         <v>2024</v>
       </c>
-      <c r="B21" t="s">
-[...30 lines deleted...]
-    <row r="22" spans="1:11">
       <c r="B22" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="7">
-        <v>160.6</v>
+        <v>160.8</v>
       </c>
       <c r="D22" s="7">
-        <v>184.4</v>
+        <v>186</v>
       </c>
       <c r="E22" s="7">
-        <v>193</v>
+        <v>193.1</v>
       </c>
       <c r="F22" s="7">
-        <v>107.8</v>
+        <v>106.1</v>
       </c>
       <c r="G22" s="7">
-        <v>113.9</v>
+        <v>109.4</v>
       </c>
       <c r="H22" s="7">
-        <v>162.9</v>
+        <v>172</v>
       </c>
       <c r="I22" s="7">
-        <v>142.1</v>
+        <v>140.3</v>
       </c>
       <c r="J22" s="7">
-        <v>120.3</v>
+        <v>117.7</v>
       </c>
       <c r="K22" s="7">
-        <v>204.4</v>
+        <v>202.2</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="B23" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="7">
-        <v>160.8</v>
+        <v>160.6</v>
       </c>
       <c r="D23" s="7">
-        <v>186.1</v>
+        <v>184.4</v>
       </c>
       <c r="E23" s="7">
-        <v>192.6</v>
+        <v>193</v>
       </c>
       <c r="F23" s="7">
-        <v>109.7</v>
+        <v>107.8</v>
       </c>
       <c r="G23" s="7">
         <v>113.9</v>
       </c>
       <c r="H23" s="7">
         <v>162.9</v>
       </c>
       <c r="I23" s="7">
-        <v>140.4</v>
+        <v>142.1</v>
       </c>
       <c r="J23" s="7">
-        <v>119.4</v>
+        <v>120.3</v>
       </c>
       <c r="K23" s="7">
-        <v>203.2</v>
+        <v>204.4</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="B24" t="s">
         <v>41</v>
       </c>
       <c r="C24" s="7">
-        <v>159.4</v>
+        <v>160.8</v>
       </c>
       <c r="D24" s="7">
-        <v>182.3</v>
+        <v>186.1</v>
       </c>
       <c r="E24" s="7">
-        <v>192</v>
+        <v>192.6</v>
       </c>
       <c r="F24" s="7">
-        <v>106.8</v>
+        <v>109.7</v>
       </c>
       <c r="G24" s="7">
         <v>113.9</v>
       </c>
       <c r="H24" s="7">
-        <v>163.8</v>
+        <v>162.9</v>
       </c>
       <c r="I24" s="7">
-        <v>139</v>
+        <v>140.4</v>
       </c>
       <c r="J24" s="7">
-        <v>118.6</v>
+        <v>119.4</v>
       </c>
       <c r="K24" s="7">
-        <v>202.7</v>
+        <v>203.2</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B27" s="8"/>
       <c r="C27" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D27" s="9"/>
       <c r="E27" s="9"/>
       <c r="F27" s="9"/>
       <c r="G27" s="9"/>
       <c r="H27" s="9"/>
       <c r="I27" s="9"/>
       <c r="J27" s="9"/>
       <c r="K27" s="9"/>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="2">
         <v>2024</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="10">
@@ -2029,462 +2029,462 @@
       </c>
       <c r="G9" s="6" t="s">
         <v>70</v>
       </c>
       <c r="H9" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I9" s="6" t="s">
         <v>72</v>
       </c>
       <c r="J9" s="6" t="s">
         <v>73</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11">
         <v>2025</v>
       </c>
       <c r="B11" t="s">
         <v>41</v>
       </c>
       <c r="C11" s="7">
-        <v>164.9</v>
+        <v>165.3</v>
       </c>
       <c r="D11" s="7">
-        <v>197.5</v>
+        <v>196.9</v>
       </c>
       <c r="E11" s="7">
-        <v>188.2</v>
+        <v>189.4</v>
       </c>
       <c r="F11" s="7">
-        <v>134.1</v>
+        <v>135</v>
       </c>
       <c r="G11" s="7">
-        <v>93.5</v>
+        <v>94.7</v>
       </c>
       <c r="H11" s="7">
-        <v>171.8</v>
+        <v>171.1</v>
       </c>
       <c r="I11" s="7">
-        <v>155.8</v>
+        <v>155.7</v>
       </c>
       <c r="J11" s="7">
-        <v>129.6</v>
+        <v>130</v>
       </c>
       <c r="K11" s="7">
-        <v>200.8</v>
+        <v>201</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="B12" t="s">
         <v>42</v>
       </c>
       <c r="C12" s="7">
-        <v>164.8</v>
+        <v>164.9</v>
       </c>
       <c r="D12" s="7">
-        <v>196.8</v>
+        <v>197.5</v>
       </c>
       <c r="E12" s="7">
-        <v>188</v>
+        <v>188.2</v>
       </c>
       <c r="F12" s="7">
-        <v>133.9</v>
+        <v>134.1</v>
       </c>
       <c r="G12" s="7">
-        <v>93.59999999999999</v>
+        <v>93.5</v>
       </c>
       <c r="H12" s="7">
-        <v>172.7</v>
+        <v>171.8</v>
       </c>
       <c r="I12" s="7">
-        <v>155.4</v>
+        <v>155.8</v>
       </c>
       <c r="J12" s="7">
-        <v>128.7</v>
+        <v>129.6</v>
       </c>
       <c r="K12" s="7">
-        <v>200.5</v>
+        <v>200.8</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="B13" t="s">
         <v>43</v>
       </c>
       <c r="C13" s="7">
-        <v>164.9</v>
+        <v>164.8</v>
       </c>
       <c r="D13" s="7">
         <v>196.8</v>
       </c>
       <c r="E13" s="7">
-        <v>187.9</v>
+        <v>188</v>
       </c>
       <c r="F13" s="7">
-        <v>133.5</v>
+        <v>133.9</v>
       </c>
       <c r="G13" s="7">
-        <v>93.3</v>
+        <v>93.59999999999999</v>
       </c>
       <c r="H13" s="7">
-        <v>173.3</v>
+        <v>172.7</v>
       </c>
       <c r="I13" s="7">
-        <v>155</v>
+        <v>155.4</v>
       </c>
       <c r="J13" s="7">
-        <v>130.3</v>
+        <v>128.7</v>
       </c>
       <c r="K13" s="7">
-        <v>200.1</v>
+        <v>200.5</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="B14" t="s">
         <v>44</v>
       </c>
       <c r="C14" s="7">
-        <v>164.4</v>
+        <v>164.9</v>
       </c>
       <c r="D14" s="7">
-        <v>195.6</v>
+        <v>196.8</v>
       </c>
       <c r="E14" s="7">
-        <v>187.3</v>
+        <v>187.9</v>
       </c>
       <c r="F14" s="7">
-        <v>132.9</v>
+        <v>133.5</v>
       </c>
       <c r="G14" s="7">
-        <v>95.09999999999999</v>
+        <v>93.3</v>
       </c>
       <c r="H14" s="7">
-        <v>172.6</v>
+        <v>173.3</v>
       </c>
       <c r="I14" s="7">
-        <v>154.8</v>
+        <v>155</v>
       </c>
       <c r="J14" s="7">
-        <v>129.6</v>
+        <v>130.3</v>
       </c>
       <c r="K14" s="7">
-        <v>200.2</v>
+        <v>200.1</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="B15" t="s">
         <v>45</v>
       </c>
       <c r="C15" s="7">
-        <v>164.3</v>
+        <v>164.4</v>
       </c>
       <c r="D15" s="7">
-        <v>195.4</v>
+        <v>195.6</v>
       </c>
       <c r="E15" s="7">
-        <v>186.9</v>
+        <v>187.3</v>
       </c>
       <c r="F15" s="7">
-        <v>133.1</v>
+        <v>132.9</v>
       </c>
       <c r="G15" s="7">
-        <v>95.5</v>
+        <v>95.09999999999999</v>
       </c>
       <c r="H15" s="7">
-        <v>171.7</v>
+        <v>172.6</v>
       </c>
       <c r="I15" s="7">
-        <v>154.4</v>
+        <v>154.8</v>
       </c>
       <c r="J15" s="7">
-        <v>130.6</v>
+        <v>129.6</v>
       </c>
       <c r="K15" s="7">
-        <v>200.4</v>
+        <v>200.2</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="7">
-        <v>163.4</v>
+        <v>164.3</v>
       </c>
       <c r="D16" s="7">
-        <v>194.5</v>
+        <v>195.4</v>
       </c>
       <c r="E16" s="7">
         <v>186.9</v>
       </c>
       <c r="F16" s="7">
-        <v>132.4</v>
+        <v>133.1</v>
       </c>
       <c r="G16" s="7">
-        <v>94.2</v>
+        <v>95.5</v>
       </c>
       <c r="H16" s="7">
-        <v>170.5</v>
+        <v>171.7</v>
       </c>
       <c r="I16" s="7">
-        <v>152.8</v>
+        <v>154.4</v>
       </c>
       <c r="J16" s="7">
-        <v>128.4</v>
+        <v>130.6</v>
       </c>
       <c r="K16" s="7">
-        <v>200</v>
+        <v>200.4</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="B17" t="s">
         <v>47</v>
       </c>
       <c r="C17" s="7">
-        <v>163.5</v>
+        <v>163.4</v>
       </c>
       <c r="D17" s="7">
-        <v>193.8</v>
+        <v>194.5</v>
       </c>
       <c r="E17" s="7">
-        <v>187</v>
+        <v>186.9</v>
       </c>
       <c r="F17" s="7">
-        <v>131.3</v>
+        <v>132.4</v>
       </c>
       <c r="G17" s="7">
-        <v>94.40000000000001</v>
+        <v>94.2</v>
       </c>
       <c r="H17" s="7">
-        <v>173.1</v>
+        <v>170.5</v>
       </c>
       <c r="I17" s="7">
-        <v>152</v>
+        <v>152.8</v>
       </c>
       <c r="J17" s="7">
-        <v>128.6</v>
+        <v>128.4</v>
       </c>
       <c r="K17" s="7">
-        <v>199.7</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="B18" t="s">
         <v>48</v>
       </c>
       <c r="C18" s="7">
-        <v>163</v>
+        <v>163.5</v>
       </c>
       <c r="D18" s="7">
-        <v>190.5</v>
+        <v>193.8</v>
       </c>
       <c r="E18" s="7">
-        <v>186.7</v>
+        <v>187</v>
       </c>
       <c r="F18" s="7">
-        <v>131.7</v>
+        <v>131.3</v>
       </c>
       <c r="G18" s="7">
-        <v>92.90000000000001</v>
+        <v>94.40000000000001</v>
       </c>
       <c r="H18" s="7">
-        <v>173.6</v>
+        <v>173.1</v>
       </c>
       <c r="I18" s="7">
-        <v>151.9</v>
+        <v>152</v>
       </c>
       <c r="J18" s="7">
-        <v>129.6</v>
+        <v>128.6</v>
       </c>
       <c r="K18" s="7">
-        <v>195.2</v>
+        <v>199.7</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="B19" t="s">
         <v>49</v>
       </c>
       <c r="C19" s="7">
+        <v>163</v>
+      </c>
+      <c r="D19" s="7">
+        <v>190.5</v>
+      </c>
+      <c r="E19" s="7">
+        <v>186.7</v>
+      </c>
+      <c r="F19" s="7">
+        <v>131.7</v>
+      </c>
+      <c r="G19" s="7">
+        <v>92.90000000000001</v>
+      </c>
+      <c r="H19" s="7">
+        <v>173.6</v>
+      </c>
+      <c r="I19" s="7">
+        <v>151.9</v>
+      </c>
+      <c r="J19" s="7">
+        <v>129.6</v>
+      </c>
+      <c r="K19" s="7">
+        <v>195.2</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11">
+      <c r="B20" t="s">
+        <v>50</v>
+      </c>
+      <c r="C20" s="7">
         <v>161.3</v>
       </c>
-      <c r="D19" s="7">
+      <c r="D20" s="7">
         <v>187</v>
       </c>
-      <c r="E19" s="7">
+      <c r="E20" s="7">
         <v>186.4</v>
       </c>
-      <c r="F19" s="7">
+      <c r="F20" s="7">
         <v>130.5</v>
       </c>
-      <c r="G19" s="7">
+      <c r="G20" s="7">
         <v>91.40000000000001</v>
       </c>
-      <c r="H19" s="7">
+      <c r="H20" s="7">
         <v>173.1</v>
       </c>
-      <c r="I19" s="7">
+      <c r="I20" s="7">
         <v>151.1</v>
       </c>
-      <c r="J19" s="7">
+      <c r="J20" s="7">
         <v>125.3</v>
       </c>
-      <c r="K19" s="7">
+      <c r="K20" s="7">
         <v>192.3</v>
       </c>
     </row>
-    <row r="21" spans="1:11">
-      <c r="A21">
+    <row r="22" spans="1:11">
+      <c r="A22">
         <v>2024</v>
       </c>
-      <c r="B21" t="s">
-[...30 lines deleted...]
-    <row r="22" spans="1:11">
       <c r="B22" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="7">
-        <v>161.8</v>
+        <v>161.2</v>
       </c>
       <c r="D22" s="7">
-        <v>191.5</v>
+        <v>188</v>
       </c>
       <c r="E22" s="7">
-        <v>185.3</v>
+        <v>185.8</v>
       </c>
       <c r="F22" s="7">
-        <v>130</v>
+        <v>128.6</v>
       </c>
       <c r="G22" s="7">
-        <v>94.2</v>
+        <v>91.40000000000001</v>
       </c>
       <c r="H22" s="7">
-        <v>170.4</v>
+        <v>173.4</v>
       </c>
       <c r="I22" s="7">
-        <v>151.6</v>
+        <v>151.3</v>
       </c>
       <c r="J22" s="7">
-        <v>126.9</v>
+        <v>126</v>
       </c>
       <c r="K22" s="7">
-        <v>198.3</v>
+        <v>193.5</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="B23" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="7">
         <v>161.8</v>
       </c>
       <c r="D23" s="7">
-        <v>190.5</v>
+        <v>191.5</v>
       </c>
       <c r="E23" s="7">
-        <v>184.8</v>
+        <v>185.3</v>
       </c>
       <c r="F23" s="7">
-        <v>131.2</v>
+        <v>130</v>
       </c>
       <c r="G23" s="7">
-        <v>95</v>
+        <v>94.2</v>
       </c>
       <c r="H23" s="7">
-        <v>169.9</v>
+        <v>170.4</v>
       </c>
       <c r="I23" s="7">
-        <v>151.9</v>
+        <v>151.6</v>
       </c>
       <c r="J23" s="7">
-        <v>127.5</v>
+        <v>126.9</v>
       </c>
       <c r="K23" s="7">
-        <v>198</v>
+        <v>198.3</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="B24" t="s">
         <v>41</v>
       </c>
       <c r="C24" s="7">
-        <v>161.1</v>
+        <v>161.8</v>
       </c>
       <c r="D24" s="7">
-        <v>190.3</v>
+        <v>190.5</v>
       </c>
       <c r="E24" s="7">
-        <v>183.5</v>
+        <v>184.8</v>
       </c>
       <c r="F24" s="7">
-        <v>131</v>
+        <v>131.2</v>
       </c>
       <c r="G24" s="7">
-        <v>92.8</v>
+        <v>95</v>
       </c>
       <c r="H24" s="7">
-        <v>169.3</v>
+        <v>169.9</v>
       </c>
       <c r="I24" s="7">
         <v>151.9</v>
       </c>
       <c r="J24" s="7">
         <v>127.5</v>
       </c>
       <c r="K24" s="7">
-        <v>197.8</v>
+        <v>198</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B27" s="8"/>
       <c r="C27" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D27" s="9"/>
       <c r="E27" s="9"/>
       <c r="F27" s="9"/>
       <c r="G27" s="9"/>
       <c r="H27" s="9"/>
       <c r="I27" s="9"/>
       <c r="J27" s="9"/>
       <c r="K27" s="9"/>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="2">
         <v>2024</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="10">