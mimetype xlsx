--- v2 (2025-11-26)
+++ v3 (2026-01-07)
@@ -162,84 +162,84 @@
   <si>
     <t>V41695021)</t>
   </si>
   <si>
     <t>V41695053)</t>
   </si>
   <si>
     <t>V41695058)</t>
   </si>
   <si>
     <t>V41695073)</t>
   </si>
   <si>
     <t>V41695081)</t>
   </si>
   <si>
     <t>V41695097)</t>
   </si>
   <si>
     <t>V41695107)</t>
   </si>
   <si>
     <t>V41695117)</t>
   </si>
   <si>
+    <t>Nov</t>
+  </si>
+  <si>
     <t>Oct</t>
   </si>
   <si>
     <t>Sep</t>
   </si>
   <si>
     <t>Aug</t>
   </si>
   <si>
     <t>Jul</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Dec</t>
-  </si>
-[...1 lines deleted...]
-    <t>Nov</t>
   </si>
   <si>
     <t>Annual Totals</t>
   </si>
   <si>
     <t>Monthly Average</t>
   </si>
   <si>
     <t>Source: Statistics Canada</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF0070C0"/>
         <sz val="14"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Consumer Price Index, </t>
     </r>
     <r>
       <rPr>
@@ -947,462 +947,462 @@
       </c>
       <c r="G9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="H9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="I9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="J9" s="6" t="s">
         <v>39</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11">
         <v>2025</v>
       </c>
       <c r="B11" t="s">
         <v>41</v>
       </c>
       <c r="C11" s="7">
-        <v>163.6</v>
+        <v>163.9</v>
       </c>
       <c r="D11" s="7">
-        <v>187.7</v>
+        <v>191.7</v>
       </c>
       <c r="E11" s="7">
-        <v>200</v>
+        <v>199.8</v>
       </c>
       <c r="F11" s="7">
-        <v>111.2</v>
+        <v>111</v>
       </c>
       <c r="G11" s="7">
-        <v>109.2</v>
+        <v>111</v>
       </c>
       <c r="H11" s="7">
-        <v>162.6</v>
+        <v>161.8</v>
       </c>
       <c r="I11" s="7">
-        <v>145.6</v>
+        <v>145.2</v>
       </c>
       <c r="J11" s="7">
-        <v>121</v>
+        <v>119.6</v>
       </c>
       <c r="K11" s="7">
-        <v>207</v>
+        <v>207.5</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="B12" t="s">
         <v>42</v>
       </c>
       <c r="C12" s="7">
-        <v>162.4</v>
+        <v>163.6</v>
       </c>
       <c r="D12" s="7">
-        <v>188.4</v>
+        <v>187.7</v>
       </c>
       <c r="E12" s="7">
-        <v>198.9</v>
+        <v>200</v>
       </c>
       <c r="F12" s="7">
-        <v>109.5</v>
+        <v>111.2</v>
       </c>
       <c r="G12" s="7">
-        <v>108.4</v>
+        <v>109.2</v>
       </c>
       <c r="H12" s="7">
-        <v>160.5</v>
+        <v>162.6</v>
       </c>
       <c r="I12" s="7">
-        <v>144.3</v>
+        <v>145.6</v>
       </c>
       <c r="J12" s="7">
-        <v>118.9</v>
+        <v>121</v>
       </c>
       <c r="K12" s="7">
-        <v>206.9</v>
+        <v>207</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="B13" t="s">
         <v>43</v>
       </c>
       <c r="C13" s="7">
-        <v>163.1</v>
+        <v>162.4</v>
       </c>
       <c r="D13" s="7">
-        <v>187.1</v>
+        <v>188.4</v>
       </c>
       <c r="E13" s="7">
-        <v>198.5</v>
+        <v>198.9</v>
       </c>
       <c r="F13" s="7">
-        <v>109.2</v>
+        <v>109.5</v>
       </c>
       <c r="G13" s="7">
-        <v>111.9</v>
+        <v>108.4</v>
       </c>
       <c r="H13" s="7">
-        <v>165.9</v>
+        <v>160.5</v>
       </c>
       <c r="I13" s="7">
-        <v>142.4</v>
+        <v>144.3</v>
       </c>
       <c r="J13" s="7">
-        <v>120</v>
+        <v>118.9</v>
       </c>
       <c r="K13" s="7">
-        <v>206.4</v>
+        <v>206.9</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="B14" t="s">
         <v>44</v>
       </c>
       <c r="C14" s="7">
-        <v>164</v>
+        <v>163.1</v>
       </c>
       <c r="D14" s="7">
-        <v>189.5</v>
+        <v>187.1</v>
       </c>
       <c r="E14" s="7">
-        <v>198.6</v>
+        <v>198.5</v>
       </c>
       <c r="F14" s="7">
         <v>109.2</v>
       </c>
       <c r="G14" s="7">
-        <v>113.1</v>
+        <v>111.9</v>
       </c>
       <c r="H14" s="7">
-        <v>170.3</v>
+        <v>165.9</v>
       </c>
       <c r="I14" s="7">
-        <v>142.8</v>
+        <v>142.4</v>
       </c>
       <c r="J14" s="7">
-        <v>118.9</v>
+        <v>120</v>
       </c>
       <c r="K14" s="7">
-        <v>205.6</v>
+        <v>206.4</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="B15" t="s">
         <v>45</v>
       </c>
       <c r="C15" s="7">
-        <v>163.5</v>
+        <v>164</v>
       </c>
       <c r="D15" s="7">
-        <v>189.8</v>
+        <v>189.5</v>
       </c>
       <c r="E15" s="7">
-        <v>198.5</v>
+        <v>198.6</v>
       </c>
       <c r="F15" s="7">
-        <v>107.6</v>
+        <v>109.2</v>
       </c>
       <c r="G15" s="7">
-        <v>113.9</v>
+        <v>113.1</v>
       </c>
       <c r="H15" s="7">
-        <v>167.3</v>
+        <v>170.3</v>
       </c>
       <c r="I15" s="7">
-        <v>142.7</v>
+        <v>142.8</v>
       </c>
       <c r="J15" s="7">
-        <v>119.6</v>
+        <v>118.9</v>
       </c>
       <c r="K15" s="7">
         <v>205.6</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="7">
-        <v>163.1</v>
+        <v>163.5</v>
       </c>
       <c r="D16" s="7">
-        <v>190.7</v>
+        <v>189.8</v>
       </c>
       <c r="E16" s="7">
-        <v>198.3</v>
+        <v>198.5</v>
       </c>
       <c r="F16" s="7">
-        <v>108.6</v>
+        <v>107.6</v>
       </c>
       <c r="G16" s="7">
-        <v>110.4</v>
+        <v>113.9</v>
       </c>
       <c r="H16" s="7">
-        <v>163.6</v>
+        <v>167.3</v>
       </c>
       <c r="I16" s="7">
         <v>142.7</v>
       </c>
       <c r="J16" s="7">
-        <v>120.4</v>
+        <v>119.6</v>
       </c>
       <c r="K16" s="7">
-        <v>205.7</v>
+        <v>205.6</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="B17" t="s">
         <v>47</v>
       </c>
       <c r="C17" s="7">
-        <v>163.5</v>
+        <v>163.1</v>
       </c>
       <c r="D17" s="7">
-        <v>190.1</v>
+        <v>190.7</v>
       </c>
       <c r="E17" s="7">
-        <v>199.6</v>
+        <v>198.3</v>
       </c>
       <c r="F17" s="7">
-        <v>108.2</v>
+        <v>108.6</v>
       </c>
       <c r="G17" s="7">
-        <v>114.7</v>
+        <v>110.4</v>
       </c>
       <c r="H17" s="7">
-        <v>164.4</v>
+        <v>163.6</v>
       </c>
       <c r="I17" s="7">
-        <v>140.7</v>
+        <v>142.7</v>
       </c>
       <c r="J17" s="7">
-        <v>119.9</v>
+        <v>120.4</v>
       </c>
       <c r="K17" s="7">
-        <v>206</v>
+        <v>205.7</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="B18" t="s">
         <v>48</v>
       </c>
       <c r="C18" s="7">
         <v>163.5</v>
       </c>
       <c r="D18" s="7">
-        <v>187.9</v>
+        <v>190.1</v>
       </c>
       <c r="E18" s="7">
-        <v>200.2</v>
+        <v>199.6</v>
       </c>
       <c r="F18" s="7">
-        <v>108.3</v>
+        <v>108.2</v>
       </c>
       <c r="G18" s="7">
-        <v>113</v>
+        <v>114.7</v>
       </c>
       <c r="H18" s="7">
-        <v>165.6</v>
+        <v>164.4</v>
       </c>
       <c r="I18" s="7">
-        <v>139.6</v>
+        <v>140.7</v>
       </c>
       <c r="J18" s="7">
-        <v>122.2</v>
+        <v>119.9</v>
       </c>
       <c r="K18" s="7">
-        <v>204.4</v>
+        <v>206</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="B19" t="s">
         <v>49</v>
       </c>
       <c r="C19" s="7">
-        <v>163.1</v>
+        <v>163.5</v>
       </c>
       <c r="D19" s="7">
-        <v>187.3</v>
+        <v>187.9</v>
       </c>
       <c r="E19" s="7">
-        <v>199.6</v>
+        <v>200.2</v>
       </c>
       <c r="F19" s="7">
-        <v>108.7</v>
+        <v>108.3</v>
       </c>
       <c r="G19" s="7">
-        <v>109.5</v>
+        <v>113</v>
       </c>
       <c r="H19" s="7">
-        <v>164.3</v>
+        <v>165.6</v>
       </c>
       <c r="I19" s="7">
-        <v>140</v>
+        <v>139.6</v>
       </c>
       <c r="J19" s="7">
-        <v>124.1</v>
+        <v>122.2</v>
       </c>
       <c r="K19" s="7">
-        <v>203.8</v>
+        <v>204.4</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="B20" t="s">
         <v>50</v>
       </c>
       <c r="C20" s="7">
+        <v>163.1</v>
+      </c>
+      <c r="D20" s="7">
+        <v>187.3</v>
+      </c>
+      <c r="E20" s="7">
+        <v>199.6</v>
+      </c>
+      <c r="F20" s="7">
+        <v>108.7</v>
+      </c>
+      <c r="G20" s="7">
+        <v>109.5</v>
+      </c>
+      <c r="H20" s="7">
+        <v>164.3</v>
+      </c>
+      <c r="I20" s="7">
+        <v>140</v>
+      </c>
+      <c r="J20" s="7">
+        <v>124.1</v>
+      </c>
+      <c r="K20" s="7">
+        <v>203.8</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11">
+      <c r="B21" t="s">
+        <v>51</v>
+      </c>
+      <c r="C21" s="7">
         <v>161.8</v>
       </c>
-      <c r="D20" s="7">
+      <c r="D21" s="7">
         <v>185.4</v>
       </c>
-      <c r="E20" s="7">
+      <c r="E21" s="7">
         <v>198.8</v>
       </c>
-      <c r="F20" s="7">
+      <c r="F21" s="7">
         <v>107.4</v>
       </c>
-      <c r="G20" s="7">
+      <c r="G21" s="7">
         <v>110.3</v>
       </c>
-      <c r="H20" s="7">
+      <c r="H21" s="7">
         <v>164.8</v>
       </c>
-      <c r="I20" s="7">
+      <c r="I21" s="7">
         <v>140.1</v>
       </c>
-      <c r="J20" s="7">
+      <c r="J21" s="7">
         <v>119.7</v>
       </c>
-      <c r="K20" s="7">
+      <c r="K21" s="7">
         <v>201.5</v>
       </c>
     </row>
-    <row r="22" spans="1:11">
-      <c r="A22">
+    <row r="23" spans="1:11">
+      <c r="A23">
         <v>2024</v>
       </c>
-      <c r="B22" t="s">
-[...30 lines deleted...]
-    <row r="23" spans="1:11">
       <c r="B23" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="7">
-        <v>160.6</v>
+        <v>160.8</v>
       </c>
       <c r="D23" s="7">
-        <v>184.4</v>
+        <v>186</v>
       </c>
       <c r="E23" s="7">
-        <v>193</v>
+        <v>193.1</v>
       </c>
       <c r="F23" s="7">
-        <v>107.8</v>
+        <v>106.1</v>
       </c>
       <c r="G23" s="7">
-        <v>113.9</v>
+        <v>109.4</v>
       </c>
       <c r="H23" s="7">
-        <v>162.9</v>
+        <v>172</v>
       </c>
       <c r="I23" s="7">
-        <v>142.1</v>
+        <v>140.3</v>
       </c>
       <c r="J23" s="7">
-        <v>120.3</v>
+        <v>117.7</v>
       </c>
       <c r="K23" s="7">
-        <v>204.4</v>
+        <v>202.2</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="B24" t="s">
         <v>41</v>
       </c>
       <c r="C24" s="7">
-        <v>160.8</v>
+        <v>160.6</v>
       </c>
       <c r="D24" s="7">
-        <v>186.1</v>
+        <v>184.4</v>
       </c>
       <c r="E24" s="7">
-        <v>192.6</v>
+        <v>193</v>
       </c>
       <c r="F24" s="7">
-        <v>109.7</v>
+        <v>107.8</v>
       </c>
       <c r="G24" s="7">
         <v>113.9</v>
       </c>
       <c r="H24" s="7">
         <v>162.9</v>
       </c>
       <c r="I24" s="7">
-        <v>140.4</v>
+        <v>142.1</v>
       </c>
       <c r="J24" s="7">
-        <v>119.4</v>
+        <v>120.3</v>
       </c>
       <c r="K24" s="7">
-        <v>203.2</v>
+        <v>204.4</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B27" s="8"/>
       <c r="C27" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D27" s="9"/>
       <c r="E27" s="9"/>
       <c r="F27" s="9"/>
       <c r="G27" s="9"/>
       <c r="H27" s="9"/>
       <c r="I27" s="9"/>
       <c r="J27" s="9"/>
       <c r="K27" s="9"/>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="2">
         <v>2024</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="10">
@@ -2029,462 +2029,462 @@
       </c>
       <c r="G9" s="6" t="s">
         <v>70</v>
       </c>
       <c r="H9" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I9" s="6" t="s">
         <v>72</v>
       </c>
       <c r="J9" s="6" t="s">
         <v>73</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11">
         <v>2025</v>
       </c>
       <c r="B11" t="s">
         <v>41</v>
       </c>
       <c r="C11" s="7">
-        <v>165.3</v>
+        <v>165.4</v>
       </c>
       <c r="D11" s="7">
-        <v>196.9</v>
+        <v>199.5</v>
       </c>
       <c r="E11" s="7">
-        <v>189.4</v>
+        <v>189.6</v>
       </c>
       <c r="F11" s="7">
-        <v>135</v>
+        <v>134.3</v>
       </c>
       <c r="G11" s="7">
-        <v>94.7</v>
+        <v>95</v>
       </c>
       <c r="H11" s="7">
-        <v>171.1</v>
+        <v>171.6</v>
       </c>
       <c r="I11" s="7">
-        <v>155.7</v>
+        <v>156.1</v>
       </c>
       <c r="J11" s="7">
-        <v>130</v>
+        <v>127.4</v>
       </c>
       <c r="K11" s="7">
-        <v>201</v>
+        <v>201.1</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="B12" t="s">
         <v>42</v>
       </c>
       <c r="C12" s="7">
-        <v>164.9</v>
+        <v>165.3</v>
       </c>
       <c r="D12" s="7">
-        <v>197.5</v>
+        <v>196.9</v>
       </c>
       <c r="E12" s="7">
-        <v>188.2</v>
+        <v>189.4</v>
       </c>
       <c r="F12" s="7">
-        <v>134.1</v>
+        <v>135</v>
       </c>
       <c r="G12" s="7">
-        <v>93.5</v>
+        <v>94.7</v>
       </c>
       <c r="H12" s="7">
-        <v>171.8</v>
+        <v>171.1</v>
       </c>
       <c r="I12" s="7">
-        <v>155.8</v>
+        <v>155.7</v>
       </c>
       <c r="J12" s="7">
-        <v>129.6</v>
+        <v>130</v>
       </c>
       <c r="K12" s="7">
-        <v>200.8</v>
+        <v>201</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="B13" t="s">
         <v>43</v>
       </c>
       <c r="C13" s="7">
-        <v>164.8</v>
+        <v>164.9</v>
       </c>
       <c r="D13" s="7">
-        <v>196.8</v>
+        <v>197.5</v>
       </c>
       <c r="E13" s="7">
-        <v>188</v>
+        <v>188.2</v>
       </c>
       <c r="F13" s="7">
-        <v>133.9</v>
+        <v>134.1</v>
       </c>
       <c r="G13" s="7">
-        <v>93.59999999999999</v>
+        <v>93.5</v>
       </c>
       <c r="H13" s="7">
-        <v>172.7</v>
+        <v>171.8</v>
       </c>
       <c r="I13" s="7">
-        <v>155.4</v>
+        <v>155.8</v>
       </c>
       <c r="J13" s="7">
-        <v>128.7</v>
+        <v>129.6</v>
       </c>
       <c r="K13" s="7">
-        <v>200.5</v>
+        <v>200.8</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="B14" t="s">
         <v>44</v>
       </c>
       <c r="C14" s="7">
-        <v>164.9</v>
+        <v>164.8</v>
       </c>
       <c r="D14" s="7">
         <v>196.8</v>
       </c>
       <c r="E14" s="7">
-        <v>187.9</v>
+        <v>188</v>
       </c>
       <c r="F14" s="7">
-        <v>133.5</v>
+        <v>133.9</v>
       </c>
       <c r="G14" s="7">
-        <v>93.3</v>
+        <v>93.59999999999999</v>
       </c>
       <c r="H14" s="7">
-        <v>173.3</v>
+        <v>172.7</v>
       </c>
       <c r="I14" s="7">
-        <v>155</v>
+        <v>155.4</v>
       </c>
       <c r="J14" s="7">
-        <v>130.3</v>
+        <v>128.7</v>
       </c>
       <c r="K14" s="7">
-        <v>200.1</v>
+        <v>200.5</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="B15" t="s">
         <v>45</v>
       </c>
       <c r="C15" s="7">
-        <v>164.4</v>
+        <v>164.9</v>
       </c>
       <c r="D15" s="7">
-        <v>195.6</v>
+        <v>196.8</v>
       </c>
       <c r="E15" s="7">
-        <v>187.3</v>
+        <v>187.9</v>
       </c>
       <c r="F15" s="7">
-        <v>132.9</v>
+        <v>133.5</v>
       </c>
       <c r="G15" s="7">
-        <v>95.09999999999999</v>
+        <v>93.3</v>
       </c>
       <c r="H15" s="7">
-        <v>172.6</v>
+        <v>173.3</v>
       </c>
       <c r="I15" s="7">
-        <v>154.8</v>
+        <v>155</v>
       </c>
       <c r="J15" s="7">
-        <v>129.6</v>
+        <v>130.3</v>
       </c>
       <c r="K15" s="7">
-        <v>200.2</v>
+        <v>200.1</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="7">
-        <v>164.3</v>
+        <v>164.4</v>
       </c>
       <c r="D16" s="7">
-        <v>195.4</v>
+        <v>195.6</v>
       </c>
       <c r="E16" s="7">
-        <v>186.9</v>
+        <v>187.3</v>
       </c>
       <c r="F16" s="7">
-        <v>133.1</v>
+        <v>132.9</v>
       </c>
       <c r="G16" s="7">
-        <v>95.5</v>
+        <v>95.09999999999999</v>
       </c>
       <c r="H16" s="7">
-        <v>171.7</v>
+        <v>172.6</v>
       </c>
       <c r="I16" s="7">
-        <v>154.4</v>
+        <v>154.8</v>
       </c>
       <c r="J16" s="7">
-        <v>130.6</v>
+        <v>129.6</v>
       </c>
       <c r="K16" s="7">
-        <v>200.4</v>
+        <v>200.2</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="B17" t="s">
         <v>47</v>
       </c>
       <c r="C17" s="7">
-        <v>163.4</v>
+        <v>164.3</v>
       </c>
       <c r="D17" s="7">
-        <v>194.5</v>
+        <v>195.4</v>
       </c>
       <c r="E17" s="7">
         <v>186.9</v>
       </c>
       <c r="F17" s="7">
-        <v>132.4</v>
+        <v>133.1</v>
       </c>
       <c r="G17" s="7">
-        <v>94.2</v>
+        <v>95.5</v>
       </c>
       <c r="H17" s="7">
-        <v>170.5</v>
+        <v>171.7</v>
       </c>
       <c r="I17" s="7">
-        <v>152.8</v>
+        <v>154.4</v>
       </c>
       <c r="J17" s="7">
-        <v>128.4</v>
+        <v>130.6</v>
       </c>
       <c r="K17" s="7">
-        <v>200</v>
+        <v>200.4</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="B18" t="s">
         <v>48</v>
       </c>
       <c r="C18" s="7">
-        <v>163.5</v>
+        <v>163.4</v>
       </c>
       <c r="D18" s="7">
-        <v>193.8</v>
+        <v>194.5</v>
       </c>
       <c r="E18" s="7">
-        <v>187</v>
+        <v>186.9</v>
       </c>
       <c r="F18" s="7">
-        <v>131.3</v>
+        <v>132.4</v>
       </c>
       <c r="G18" s="7">
-        <v>94.40000000000001</v>
+        <v>94.2</v>
       </c>
       <c r="H18" s="7">
-        <v>173.1</v>
+        <v>170.5</v>
       </c>
       <c r="I18" s="7">
-        <v>152</v>
+        <v>152.8</v>
       </c>
       <c r="J18" s="7">
-        <v>128.6</v>
+        <v>128.4</v>
       </c>
       <c r="K18" s="7">
-        <v>199.7</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="B19" t="s">
         <v>49</v>
       </c>
       <c r="C19" s="7">
-        <v>163</v>
+        <v>163.5</v>
       </c>
       <c r="D19" s="7">
-        <v>190.5</v>
+        <v>193.8</v>
       </c>
       <c r="E19" s="7">
-        <v>186.7</v>
+        <v>187</v>
       </c>
       <c r="F19" s="7">
-        <v>131.7</v>
+        <v>131.3</v>
       </c>
       <c r="G19" s="7">
-        <v>92.90000000000001</v>
+        <v>94.40000000000001</v>
       </c>
       <c r="H19" s="7">
-        <v>173.6</v>
+        <v>173.1</v>
       </c>
       <c r="I19" s="7">
-        <v>151.9</v>
+        <v>152</v>
       </c>
       <c r="J19" s="7">
-        <v>129.6</v>
+        <v>128.6</v>
       </c>
       <c r="K19" s="7">
-        <v>195.2</v>
+        <v>199.7</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="B20" t="s">
         <v>50</v>
       </c>
       <c r="C20" s="7">
+        <v>163</v>
+      </c>
+      <c r="D20" s="7">
+        <v>190.5</v>
+      </c>
+      <c r="E20" s="7">
+        <v>186.7</v>
+      </c>
+      <c r="F20" s="7">
+        <v>131.7</v>
+      </c>
+      <c r="G20" s="7">
+        <v>92.90000000000001</v>
+      </c>
+      <c r="H20" s="7">
+        <v>173.6</v>
+      </c>
+      <c r="I20" s="7">
+        <v>151.9</v>
+      </c>
+      <c r="J20" s="7">
+        <v>129.6</v>
+      </c>
+      <c r="K20" s="7">
+        <v>195.2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11">
+      <c r="B21" t="s">
+        <v>51</v>
+      </c>
+      <c r="C21" s="7">
         <v>161.3</v>
       </c>
-      <c r="D20" s="7">
+      <c r="D21" s="7">
         <v>187</v>
       </c>
-      <c r="E20" s="7">
+      <c r="E21" s="7">
         <v>186.4</v>
       </c>
-      <c r="F20" s="7">
+      <c r="F21" s="7">
         <v>130.5</v>
       </c>
-      <c r="G20" s="7">
+      <c r="G21" s="7">
         <v>91.40000000000001</v>
       </c>
-      <c r="H20" s="7">
+      <c r="H21" s="7">
         <v>173.1</v>
       </c>
-      <c r="I20" s="7">
+      <c r="I21" s="7">
         <v>151.1</v>
       </c>
-      <c r="J20" s="7">
+      <c r="J21" s="7">
         <v>125.3</v>
       </c>
-      <c r="K20" s="7">
+      <c r="K21" s="7">
         <v>192.3</v>
       </c>
     </row>
-    <row r="22" spans="1:11">
-      <c r="A22">
+    <row r="23" spans="1:11">
+      <c r="A23">
         <v>2024</v>
       </c>
-      <c r="B22" t="s">
-[...30 lines deleted...]
-    <row r="23" spans="1:11">
       <c r="B23" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="7">
-        <v>161.8</v>
+        <v>161.2</v>
       </c>
       <c r="D23" s="7">
-        <v>191.5</v>
+        <v>188</v>
       </c>
       <c r="E23" s="7">
-        <v>185.3</v>
+        <v>185.8</v>
       </c>
       <c r="F23" s="7">
-        <v>130</v>
+        <v>128.6</v>
       </c>
       <c r="G23" s="7">
-        <v>94.2</v>
+        <v>91.40000000000001</v>
       </c>
       <c r="H23" s="7">
-        <v>170.4</v>
+        <v>173.4</v>
       </c>
       <c r="I23" s="7">
-        <v>151.6</v>
+        <v>151.3</v>
       </c>
       <c r="J23" s="7">
-        <v>126.9</v>
+        <v>126</v>
       </c>
       <c r="K23" s="7">
-        <v>198.3</v>
+        <v>193.5</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="B24" t="s">
         <v>41</v>
       </c>
       <c r="C24" s="7">
         <v>161.8</v>
       </c>
       <c r="D24" s="7">
-        <v>190.5</v>
+        <v>191.5</v>
       </c>
       <c r="E24" s="7">
-        <v>184.8</v>
+        <v>185.3</v>
       </c>
       <c r="F24" s="7">
-        <v>131.2</v>
+        <v>130</v>
       </c>
       <c r="G24" s="7">
-        <v>95</v>
+        <v>94.2</v>
       </c>
       <c r="H24" s="7">
-        <v>169.9</v>
+        <v>170.4</v>
       </c>
       <c r="I24" s="7">
-        <v>151.9</v>
+        <v>151.6</v>
       </c>
       <c r="J24" s="7">
-        <v>127.5</v>
+        <v>126.9</v>
       </c>
       <c r="K24" s="7">
-        <v>198</v>
+        <v>198.3</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B27" s="8"/>
       <c r="C27" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D27" s="9"/>
       <c r="E27" s="9"/>
       <c r="F27" s="9"/>
       <c r="G27" s="9"/>
       <c r="H27" s="9"/>
       <c r="I27" s="9"/>
       <c r="J27" s="9"/>
       <c r="K27" s="9"/>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="2">
         <v>2024</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="10">