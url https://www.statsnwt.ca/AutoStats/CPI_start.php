--- v3 (2026-01-07)
+++ v4 (2026-02-15)
@@ -162,84 +162,84 @@
   <si>
     <t>V41695021)</t>
   </si>
   <si>
     <t>V41695053)</t>
   </si>
   <si>
     <t>V41695058)</t>
   </si>
   <si>
     <t>V41695073)</t>
   </si>
   <si>
     <t>V41695081)</t>
   </si>
   <si>
     <t>V41695097)</t>
   </si>
   <si>
     <t>V41695107)</t>
   </si>
   <si>
     <t>V41695117)</t>
   </si>
   <si>
+    <t>Dec</t>
+  </si>
+  <si>
     <t>Nov</t>
   </si>
   <si>
     <t>Oct</t>
   </si>
   <si>
     <t>Sep</t>
   </si>
   <si>
     <t>Aug</t>
   </si>
   <si>
     <t>Jul</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Jan</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dec</t>
   </si>
   <si>
     <t>Annual Totals</t>
   </si>
   <si>
     <t>Monthly Average</t>
   </si>
   <si>
     <t>Source: Statistics Canada</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF0070C0"/>
         <sz val="14"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Consumer Price Index, </t>
     </r>
     <r>
       <rPr>
@@ -947,842 +947,842 @@
       </c>
       <c r="G9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="H9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="I9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="J9" s="6" t="s">
         <v>39</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11">
         <v>2025</v>
       </c>
       <c r="B11" t="s">
         <v>41</v>
       </c>
       <c r="C11" s="7">
-        <v>163.9</v>
+        <v>165.9</v>
       </c>
       <c r="D11" s="7">
-        <v>191.7</v>
+        <v>193.1</v>
       </c>
       <c r="E11" s="7">
-        <v>199.8</v>
+        <v>202.5</v>
       </c>
       <c r="F11" s="7">
-        <v>111</v>
+        <v>109.4</v>
       </c>
       <c r="G11" s="7">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="H11" s="7">
-        <v>161.8</v>
+        <v>172.9</v>
       </c>
       <c r="I11" s="7">
-        <v>145.2</v>
+        <v>144.7</v>
       </c>
       <c r="J11" s="7">
-        <v>119.6</v>
+        <v>119.3</v>
       </c>
       <c r="K11" s="7">
-        <v>207.5</v>
+        <v>209.8</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="B12" t="s">
         <v>42</v>
       </c>
       <c r="C12" s="7">
-        <v>163.6</v>
+        <v>163.9</v>
       </c>
       <c r="D12" s="7">
-        <v>187.7</v>
+        <v>191.7</v>
       </c>
       <c r="E12" s="7">
-        <v>200</v>
+        <v>199.8</v>
       </c>
       <c r="F12" s="7">
-        <v>111.2</v>
+        <v>111</v>
       </c>
       <c r="G12" s="7">
-        <v>109.2</v>
+        <v>111</v>
       </c>
       <c r="H12" s="7">
-        <v>162.6</v>
+        <v>161.8</v>
       </c>
       <c r="I12" s="7">
-        <v>145.6</v>
+        <v>145.2</v>
       </c>
       <c r="J12" s="7">
-        <v>121</v>
+        <v>119.6</v>
       </c>
       <c r="K12" s="7">
-        <v>207</v>
+        <v>207.5</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="B13" t="s">
         <v>43</v>
       </c>
       <c r="C13" s="7">
-        <v>162.4</v>
+        <v>163.6</v>
       </c>
       <c r="D13" s="7">
-        <v>188.4</v>
+        <v>187.7</v>
       </c>
       <c r="E13" s="7">
-        <v>198.9</v>
+        <v>200</v>
       </c>
       <c r="F13" s="7">
-        <v>109.5</v>
+        <v>111.2</v>
       </c>
       <c r="G13" s="7">
-        <v>108.4</v>
+        <v>109.2</v>
       </c>
       <c r="H13" s="7">
-        <v>160.5</v>
+        <v>162.6</v>
       </c>
       <c r="I13" s="7">
-        <v>144.3</v>
+        <v>145.6</v>
       </c>
       <c r="J13" s="7">
-        <v>118.9</v>
+        <v>121</v>
       </c>
       <c r="K13" s="7">
-        <v>206.9</v>
+        <v>207</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="B14" t="s">
         <v>44</v>
       </c>
       <c r="C14" s="7">
-        <v>163.1</v>
+        <v>162.4</v>
       </c>
       <c r="D14" s="7">
-        <v>187.1</v>
+        <v>188.4</v>
       </c>
       <c r="E14" s="7">
-        <v>198.5</v>
+        <v>198.9</v>
       </c>
       <c r="F14" s="7">
-        <v>109.2</v>
+        <v>109.5</v>
       </c>
       <c r="G14" s="7">
-        <v>111.9</v>
+        <v>108.4</v>
       </c>
       <c r="H14" s="7">
-        <v>165.9</v>
+        <v>160.5</v>
       </c>
       <c r="I14" s="7">
-        <v>142.4</v>
+        <v>144.3</v>
       </c>
       <c r="J14" s="7">
-        <v>120</v>
+        <v>118.9</v>
       </c>
       <c r="K14" s="7">
-        <v>206.4</v>
+        <v>206.9</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="B15" t="s">
         <v>45</v>
       </c>
       <c r="C15" s="7">
-        <v>164</v>
+        <v>163.1</v>
       </c>
       <c r="D15" s="7">
-        <v>189.5</v>
+        <v>187.1</v>
       </c>
       <c r="E15" s="7">
-        <v>198.6</v>
+        <v>198.5</v>
       </c>
       <c r="F15" s="7">
         <v>109.2</v>
       </c>
       <c r="G15" s="7">
-        <v>113.1</v>
+        <v>111.9</v>
       </c>
       <c r="H15" s="7">
-        <v>170.3</v>
+        <v>165.9</v>
       </c>
       <c r="I15" s="7">
-        <v>142.8</v>
+        <v>142.4</v>
       </c>
       <c r="J15" s="7">
-        <v>118.9</v>
+        <v>120</v>
       </c>
       <c r="K15" s="7">
-        <v>205.6</v>
+        <v>206.4</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="7">
-        <v>163.5</v>
+        <v>164</v>
       </c>
       <c r="D16" s="7">
-        <v>189.8</v>
+        <v>189.5</v>
       </c>
       <c r="E16" s="7">
-        <v>198.5</v>
+        <v>198.6</v>
       </c>
       <c r="F16" s="7">
-        <v>107.6</v>
+        <v>109.2</v>
       </c>
       <c r="G16" s="7">
-        <v>113.9</v>
+        <v>113.1</v>
       </c>
       <c r="H16" s="7">
-        <v>167.3</v>
+        <v>170.3</v>
       </c>
       <c r="I16" s="7">
-        <v>142.7</v>
+        <v>142.8</v>
       </c>
       <c r="J16" s="7">
-        <v>119.6</v>
+        <v>118.9</v>
       </c>
       <c r="K16" s="7">
         <v>205.6</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="B17" t="s">
         <v>47</v>
       </c>
       <c r="C17" s="7">
-        <v>163.1</v>
+        <v>163.5</v>
       </c>
       <c r="D17" s="7">
-        <v>190.7</v>
+        <v>189.8</v>
       </c>
       <c r="E17" s="7">
-        <v>198.3</v>
+        <v>198.5</v>
       </c>
       <c r="F17" s="7">
-        <v>108.6</v>
+        <v>107.6</v>
       </c>
       <c r="G17" s="7">
-        <v>110.4</v>
+        <v>113.9</v>
       </c>
       <c r="H17" s="7">
-        <v>163.6</v>
+        <v>167.3</v>
       </c>
       <c r="I17" s="7">
         <v>142.7</v>
       </c>
       <c r="J17" s="7">
-        <v>120.4</v>
+        <v>119.6</v>
       </c>
       <c r="K17" s="7">
-        <v>205.7</v>
+        <v>205.6</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="B18" t="s">
         <v>48</v>
       </c>
       <c r="C18" s="7">
-        <v>163.5</v>
+        <v>163.1</v>
       </c>
       <c r="D18" s="7">
-        <v>190.1</v>
+        <v>190.7</v>
       </c>
       <c r="E18" s="7">
-        <v>199.6</v>
+        <v>198.3</v>
       </c>
       <c r="F18" s="7">
-        <v>108.2</v>
+        <v>108.6</v>
       </c>
       <c r="G18" s="7">
-        <v>114.7</v>
+        <v>110.4</v>
       </c>
       <c r="H18" s="7">
-        <v>164.4</v>
+        <v>163.6</v>
       </c>
       <c r="I18" s="7">
-        <v>140.7</v>
+        <v>142.7</v>
       </c>
       <c r="J18" s="7">
-        <v>119.9</v>
+        <v>120.4</v>
       </c>
       <c r="K18" s="7">
-        <v>206</v>
+        <v>205.7</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="B19" t="s">
         <v>49</v>
       </c>
       <c r="C19" s="7">
         <v>163.5</v>
       </c>
       <c r="D19" s="7">
-        <v>187.9</v>
+        <v>190.1</v>
       </c>
       <c r="E19" s="7">
-        <v>200.2</v>
+        <v>199.6</v>
       </c>
       <c r="F19" s="7">
-        <v>108.3</v>
+        <v>108.2</v>
       </c>
       <c r="G19" s="7">
-        <v>113</v>
+        <v>114.7</v>
       </c>
       <c r="H19" s="7">
-        <v>165.6</v>
+        <v>164.4</v>
       </c>
       <c r="I19" s="7">
-        <v>139.6</v>
+        <v>140.7</v>
       </c>
       <c r="J19" s="7">
-        <v>122.2</v>
+        <v>119.9</v>
       </c>
       <c r="K19" s="7">
-        <v>204.4</v>
+        <v>206</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="B20" t="s">
         <v>50</v>
       </c>
       <c r="C20" s="7">
-        <v>163.1</v>
+        <v>163.5</v>
       </c>
       <c r="D20" s="7">
-        <v>187.3</v>
+        <v>187.9</v>
       </c>
       <c r="E20" s="7">
-        <v>199.6</v>
+        <v>200.2</v>
       </c>
       <c r="F20" s="7">
-        <v>108.7</v>
+        <v>108.3</v>
       </c>
       <c r="G20" s="7">
-        <v>109.5</v>
+        <v>113</v>
       </c>
       <c r="H20" s="7">
-        <v>164.3</v>
+        <v>165.6</v>
       </c>
       <c r="I20" s="7">
-        <v>140</v>
+        <v>139.6</v>
       </c>
       <c r="J20" s="7">
-        <v>124.1</v>
+        <v>122.2</v>
       </c>
       <c r="K20" s="7">
-        <v>203.8</v>
+        <v>204.4</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="B21" t="s">
         <v>51</v>
       </c>
       <c r="C21" s="7">
+        <v>163.1</v>
+      </c>
+      <c r="D21" s="7">
+        <v>187.3</v>
+      </c>
+      <c r="E21" s="7">
+        <v>199.6</v>
+      </c>
+      <c r="F21" s="7">
+        <v>108.7</v>
+      </c>
+      <c r="G21" s="7">
+        <v>109.5</v>
+      </c>
+      <c r="H21" s="7">
+        <v>164.3</v>
+      </c>
+      <c r="I21" s="7">
+        <v>140</v>
+      </c>
+      <c r="J21" s="7">
+        <v>124.1</v>
+      </c>
+      <c r="K21" s="7">
+        <v>203.8</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11">
+      <c r="B22" t="s">
+        <v>52</v>
+      </c>
+      <c r="C22" s="7">
         <v>161.8</v>
       </c>
-      <c r="D21" s="7">
+      <c r="D22" s="7">
         <v>185.4</v>
       </c>
-      <c r="E21" s="7">
+      <c r="E22" s="7">
         <v>198.8</v>
       </c>
-      <c r="F21" s="7">
+      <c r="F22" s="7">
         <v>107.4</v>
       </c>
-      <c r="G21" s="7">
+      <c r="G22" s="7">
         <v>110.3</v>
       </c>
-      <c r="H21" s="7">
+      <c r="H22" s="7">
         <v>164.8</v>
       </c>
-      <c r="I21" s="7">
+      <c r="I22" s="7">
         <v>140.1</v>
       </c>
-      <c r="J21" s="7">
+      <c r="J22" s="7">
         <v>119.7</v>
       </c>
-      <c r="K21" s="7">
+      <c r="K22" s="7">
         <v>201.5</v>
       </c>
     </row>
-    <row r="23" spans="1:11">
-      <c r="A23">
+    <row r="24" spans="1:11">
+      <c r="A24">
         <v>2024</v>
       </c>
-      <c r="B23" t="s">
-[...30 lines deleted...]
-    <row r="24" spans="1:11">
       <c r="B24" t="s">
         <v>41</v>
       </c>
       <c r="C24" s="7">
-        <v>160.6</v>
+        <v>160.8</v>
       </c>
       <c r="D24" s="7">
-        <v>184.4</v>
+        <v>186</v>
       </c>
       <c r="E24" s="7">
-        <v>193</v>
+        <v>193.1</v>
       </c>
       <c r="F24" s="7">
-        <v>107.8</v>
+        <v>106.1</v>
       </c>
       <c r="G24" s="7">
-        <v>113.9</v>
+        <v>109.4</v>
       </c>
       <c r="H24" s="7">
-        <v>162.9</v>
+        <v>172</v>
       </c>
       <c r="I24" s="7">
-        <v>142.1</v>
+        <v>140.3</v>
       </c>
       <c r="J24" s="7">
-        <v>120.3</v>
+        <v>117.7</v>
       </c>
       <c r="K24" s="7">
-        <v>204.4</v>
+        <v>202.2</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B27" s="8"/>
       <c r="C27" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D27" s="9"/>
       <c r="E27" s="9"/>
       <c r="F27" s="9"/>
       <c r="G27" s="9"/>
       <c r="H27" s="9"/>
       <c r="I27" s="9"/>
       <c r="J27" s="9"/>
       <c r="K27" s="9"/>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="10">
-        <v>159.9</v>
+        <v>163.5</v>
       </c>
       <c r="D28" s="10">
-        <v>182.2</v>
+        <v>189.1</v>
       </c>
       <c r="E28" s="10">
-        <v>191.5</v>
+        <v>199.4</v>
       </c>
       <c r="F28" s="10">
-        <v>107.9</v>
+        <v>109</v>
       </c>
       <c r="G28" s="10">
-        <v>112</v>
+        <v>111.1</v>
       </c>
       <c r="H28" s="10">
-        <v>167.6</v>
+        <v>165.3</v>
       </c>
       <c r="I28" s="10">
-        <v>142</v>
+        <v>142.6</v>
       </c>
       <c r="J28" s="10">
-        <v>119.2</v>
+        <v>120.3</v>
       </c>
       <c r="K28" s="10">
-        <v>200.6</v>
+        <v>205.9</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" s="2">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B29" s="2"/>
       <c r="C29" s="10">
-        <v>156.9</v>
+        <v>159.9</v>
       </c>
       <c r="D29" s="10">
-        <v>176.3</v>
+        <v>182.2</v>
       </c>
       <c r="E29" s="10">
-        <v>183.6</v>
+        <v>191.5</v>
       </c>
       <c r="F29" s="10">
-        <v>110.7</v>
+        <v>107.9</v>
       </c>
       <c r="G29" s="10">
-        <v>114.1</v>
+        <v>112</v>
       </c>
       <c r="H29" s="10">
-        <v>167.2</v>
+        <v>167.6</v>
       </c>
       <c r="I29" s="10">
-        <v>138.1</v>
+        <v>142</v>
       </c>
       <c r="J29" s="10">
-        <v>118.6</v>
+        <v>119.2</v>
       </c>
       <c r="K29" s="10">
-        <v>195</v>
+        <v>200.6</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" s="2">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B30" s="2"/>
       <c r="C30" s="10">
-        <v>151.9</v>
+        <v>156.9</v>
       </c>
       <c r="D30" s="10">
-        <v>159.2</v>
+        <v>176.3</v>
       </c>
       <c r="E30" s="10">
-        <v>176.4</v>
+        <v>183.6</v>
       </c>
       <c r="F30" s="10">
-        <v>118.3</v>
+        <v>110.7</v>
       </c>
       <c r="G30" s="10">
-        <v>110.8</v>
+        <v>114.1</v>
       </c>
       <c r="H30" s="10">
-        <v>164</v>
+        <v>167.2</v>
       </c>
       <c r="I30" s="10">
-        <v>131.5</v>
+        <v>138.1</v>
       </c>
       <c r="J30" s="10">
-        <v>117.8</v>
+        <v>118.6</v>
       </c>
       <c r="K30" s="10">
-        <v>187</v>
+        <v>195</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" s="2">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B31" s="2"/>
       <c r="C31" s="10">
-        <v>142</v>
+        <v>151.9</v>
       </c>
       <c r="D31" s="10">
-        <v>147.3</v>
+        <v>159.2</v>
       </c>
       <c r="E31" s="10">
-        <v>163.8</v>
+        <v>176.4</v>
       </c>
       <c r="F31" s="10">
-        <v>112.7</v>
+        <v>118.3</v>
       </c>
       <c r="G31" s="10">
-        <v>107.4</v>
+        <v>110.8</v>
       </c>
       <c r="H31" s="10">
-        <v>148.6</v>
+        <v>164</v>
       </c>
       <c r="I31" s="10">
-        <v>126</v>
+        <v>131.5</v>
       </c>
       <c r="J31" s="10">
-        <v>110.6</v>
+        <v>117.8</v>
       </c>
       <c r="K31" s="10">
-        <v>182.4</v>
+        <v>187</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" s="2">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B32" s="2"/>
       <c r="C32" s="10">
-        <v>138.9</v>
+        <v>142</v>
       </c>
       <c r="D32" s="10">
-        <v>146.2</v>
+        <v>147.3</v>
       </c>
       <c r="E32" s="10">
-        <v>160.5</v>
+        <v>163.8</v>
       </c>
       <c r="F32" s="10">
-        <v>113</v>
+        <v>112.7</v>
       </c>
       <c r="G32" s="10">
-        <v>106.5</v>
+        <v>107.4</v>
       </c>
       <c r="H32" s="10">
-        <v>139.7</v>
+        <v>148.6</v>
       </c>
       <c r="I32" s="10">
-        <v>125.7</v>
+        <v>126</v>
       </c>
       <c r="J32" s="10">
-        <v>108.7</v>
+        <v>110.6</v>
       </c>
       <c r="K32" s="10">
-        <v>181.7</v>
+        <v>182.4</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" s="2">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B33" s="2"/>
       <c r="C33" s="10">
-        <v>138.8</v>
+        <v>138.9</v>
       </c>
       <c r="D33" s="10">
-        <v>146.1</v>
+        <v>146.2</v>
       </c>
       <c r="E33" s="10">
-        <v>159.9</v>
+        <v>160.5</v>
       </c>
       <c r="F33" s="10">
-        <v>114.1</v>
+        <v>113</v>
       </c>
       <c r="G33" s="10">
-        <v>108.5</v>
+        <v>106.5</v>
       </c>
       <c r="H33" s="10">
-        <v>138.7</v>
+        <v>139.7</v>
       </c>
       <c r="I33" s="10">
-        <v>126.3</v>
+        <v>125.7</v>
       </c>
       <c r="J33" s="10">
         <v>108.7</v>
       </c>
       <c r="K33" s="10">
-        <v>181.2</v>
+        <v>181.7</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" s="2">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B34" s="2"/>
       <c r="C34" s="10">
-        <v>136.6</v>
+        <v>138.8</v>
       </c>
       <c r="D34" s="10">
-        <v>142.5</v>
+        <v>146.1</v>
       </c>
       <c r="E34" s="10">
-        <v>157</v>
+        <v>159.9</v>
       </c>
       <c r="F34" s="10">
-        <v>113.6</v>
+        <v>114.1</v>
       </c>
       <c r="G34" s="10">
-        <v>107.4</v>
+        <v>108.5</v>
       </c>
       <c r="H34" s="10">
-        <v>135.8</v>
+        <v>138.7</v>
       </c>
       <c r="I34" s="10">
-        <v>124.3</v>
+        <v>126.3</v>
       </c>
       <c r="J34" s="10">
-        <v>107.8</v>
+        <v>108.7</v>
       </c>
       <c r="K34" s="10">
-        <v>178</v>
+        <v>181.2</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" s="2">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B35" s="2"/>
       <c r="C35" s="10">
-        <v>133.5</v>
+        <v>136.6</v>
       </c>
       <c r="D35" s="10">
-        <v>142.6</v>
+        <v>142.5</v>
       </c>
       <c r="E35" s="10">
-        <v>150.9</v>
+        <v>157</v>
       </c>
       <c r="F35" s="10">
-        <v>115</v>
+        <v>113.6</v>
       </c>
       <c r="G35" s="10">
-        <v>107.2</v>
+        <v>107.4</v>
       </c>
       <c r="H35" s="10">
-        <v>129.7</v>
+        <v>135.8</v>
       </c>
       <c r="I35" s="10">
-        <v>122.2</v>
+        <v>124.3</v>
       </c>
       <c r="J35" s="10">
-        <v>106.1</v>
+        <v>107.8</v>
       </c>
       <c r="K35" s="10">
-        <v>173.7</v>
+        <v>178</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" s="2">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="10">
-        <v>131.9</v>
+        <v>133.5</v>
       </c>
       <c r="D36" s="10">
         <v>142.6</v>
       </c>
       <c r="E36" s="10">
-        <v>149.7</v>
+        <v>150.9</v>
       </c>
       <c r="F36" s="10">
-        <v>115.7</v>
+        <v>115</v>
       </c>
       <c r="G36" s="10">
-        <v>103.4</v>
+        <v>107.2</v>
       </c>
       <c r="H36" s="10">
-        <v>126.4</v>
+        <v>129.7</v>
       </c>
       <c r="I36" s="10">
-        <v>120.5</v>
+        <v>122.2</v>
       </c>
       <c r="J36" s="10">
-        <v>104</v>
+        <v>106.1</v>
       </c>
       <c r="K36" s="10">
-        <v>167.3</v>
+        <v>173.7</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" s="2">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="10">
-        <v>130.4</v>
+        <v>131.9</v>
       </c>
       <c r="D37" s="10">
-        <v>138.6</v>
+        <v>142.6</v>
       </c>
       <c r="E37" s="10">
-        <v>150.1</v>
+        <v>149.7</v>
       </c>
       <c r="F37" s="10">
-        <v>114.3</v>
+        <v>115.7</v>
       </c>
       <c r="G37" s="10">
-        <v>100.7</v>
+        <v>103.4</v>
       </c>
       <c r="H37" s="10">
-        <v>123.4</v>
+        <v>126.4</v>
       </c>
       <c r="I37" s="10">
-        <v>120.1</v>
+        <v>120.5</v>
       </c>
       <c r="J37" s="10">
-        <v>103.7</v>
+        <v>104</v>
       </c>
       <c r="K37" s="10">
-        <v>165.8</v>
+        <v>167.3</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" s="8">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B38" s="8"/>
       <c r="C38" s="11">
-        <v>128.4</v>
+        <v>130.4</v>
       </c>
       <c r="D38" s="11">
-        <v>131.6</v>
+        <v>138.6</v>
       </c>
       <c r="E38" s="11">
-        <v>150.8</v>
+        <v>150.1</v>
       </c>
       <c r="F38" s="11">
-        <v>111.6</v>
+        <v>114.3</v>
       </c>
       <c r="G38" s="11">
-        <v>99.90000000000001</v>
+        <v>100.7</v>
       </c>
       <c r="H38" s="11">
-        <v>122.3</v>
+        <v>123.4</v>
       </c>
       <c r="I38" s="11">
-        <v>119</v>
+        <v>120.1</v>
       </c>
       <c r="J38" s="11">
-        <v>101</v>
+        <v>103.7</v>
       </c>
       <c r="K38" s="11">
-        <v>163.2</v>
+        <v>165.8</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" s="2"/>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="2"/>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
       <c r="I39" s="2"/>
       <c r="J39" s="2"/>
       <c r="K39" s="2"/>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" s="12" t="s">
         <v>55</v>
       </c>
       <c r="B40" s="12"/>
       <c r="C40" s="12"/>
       <c r="D40" s="12"/>
       <c r="E40" s="12"/>
       <c r="F40" s="12"/>
       <c r="G40" s="12"/>
@@ -2029,842 +2029,842 @@
       </c>
       <c r="G9" s="6" t="s">
         <v>70</v>
       </c>
       <c r="H9" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I9" s="6" t="s">
         <v>72</v>
       </c>
       <c r="J9" s="6" t="s">
         <v>73</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11">
         <v>2025</v>
       </c>
       <c r="B11" t="s">
         <v>41</v>
       </c>
       <c r="C11" s="7">
-        <v>165.4</v>
+        <v>165</v>
       </c>
       <c r="D11" s="7">
-        <v>199.5</v>
+        <v>199.7</v>
       </c>
       <c r="E11" s="7">
-        <v>189.6</v>
+        <v>189.7</v>
       </c>
       <c r="F11" s="7">
-        <v>134.3</v>
+        <v>133.2</v>
       </c>
       <c r="G11" s="7">
-        <v>95</v>
+        <v>91.90000000000001</v>
       </c>
       <c r="H11" s="7">
-        <v>171.6</v>
+        <v>172.6</v>
       </c>
       <c r="I11" s="7">
-        <v>156.1</v>
+        <v>155.7</v>
       </c>
       <c r="J11" s="7">
-        <v>127.4</v>
+        <v>126.2</v>
       </c>
       <c r="K11" s="7">
-        <v>201.1</v>
+        <v>200.4</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="B12" t="s">
         <v>42</v>
       </c>
       <c r="C12" s="7">
-        <v>165.3</v>
+        <v>165.4</v>
       </c>
       <c r="D12" s="7">
-        <v>196.9</v>
+        <v>199.5</v>
       </c>
       <c r="E12" s="7">
-        <v>189.4</v>
+        <v>189.6</v>
       </c>
       <c r="F12" s="7">
-        <v>135</v>
+        <v>134.3</v>
       </c>
       <c r="G12" s="7">
-        <v>94.7</v>
+        <v>95</v>
       </c>
       <c r="H12" s="7">
-        <v>171.1</v>
+        <v>171.6</v>
       </c>
       <c r="I12" s="7">
-        <v>155.7</v>
+        <v>156.1</v>
       </c>
       <c r="J12" s="7">
-        <v>130</v>
+        <v>127.4</v>
       </c>
       <c r="K12" s="7">
-        <v>201</v>
+        <v>201.1</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="B13" t="s">
         <v>43</v>
       </c>
       <c r="C13" s="7">
-        <v>164.9</v>
+        <v>165.3</v>
       </c>
       <c r="D13" s="7">
-        <v>197.5</v>
+        <v>196.9</v>
       </c>
       <c r="E13" s="7">
-        <v>188.2</v>
+        <v>189.4</v>
       </c>
       <c r="F13" s="7">
-        <v>134.1</v>
+        <v>135</v>
       </c>
       <c r="G13" s="7">
-        <v>93.5</v>
+        <v>94.7</v>
       </c>
       <c r="H13" s="7">
-        <v>171.8</v>
+        <v>171.1</v>
       </c>
       <c r="I13" s="7">
-        <v>155.8</v>
+        <v>155.7</v>
       </c>
       <c r="J13" s="7">
-        <v>129.6</v>
+        <v>130</v>
       </c>
       <c r="K13" s="7">
-        <v>200.8</v>
+        <v>201</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="B14" t="s">
         <v>44</v>
       </c>
       <c r="C14" s="7">
-        <v>164.8</v>
+        <v>164.9</v>
       </c>
       <c r="D14" s="7">
-        <v>196.8</v>
+        <v>197.5</v>
       </c>
       <c r="E14" s="7">
-        <v>188</v>
+        <v>188.2</v>
       </c>
       <c r="F14" s="7">
-        <v>133.9</v>
+        <v>134.1</v>
       </c>
       <c r="G14" s="7">
-        <v>93.59999999999999</v>
+        <v>93.5</v>
       </c>
       <c r="H14" s="7">
-        <v>172.7</v>
+        <v>171.8</v>
       </c>
       <c r="I14" s="7">
-        <v>155.4</v>
+        <v>155.8</v>
       </c>
       <c r="J14" s="7">
-        <v>128.7</v>
+        <v>129.6</v>
       </c>
       <c r="K14" s="7">
-        <v>200.5</v>
+        <v>200.8</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="B15" t="s">
         <v>45</v>
       </c>
       <c r="C15" s="7">
-        <v>164.9</v>
+        <v>164.8</v>
       </c>
       <c r="D15" s="7">
         <v>196.8</v>
       </c>
       <c r="E15" s="7">
-        <v>187.9</v>
+        <v>188</v>
       </c>
       <c r="F15" s="7">
-        <v>133.5</v>
+        <v>133.9</v>
       </c>
       <c r="G15" s="7">
-        <v>93.3</v>
+        <v>93.59999999999999</v>
       </c>
       <c r="H15" s="7">
-        <v>173.3</v>
+        <v>172.7</v>
       </c>
       <c r="I15" s="7">
-        <v>155</v>
+        <v>155.4</v>
       </c>
       <c r="J15" s="7">
-        <v>130.3</v>
+        <v>128.7</v>
       </c>
       <c r="K15" s="7">
-        <v>200.1</v>
+        <v>200.5</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="7">
-        <v>164.4</v>
+        <v>164.9</v>
       </c>
       <c r="D16" s="7">
-        <v>195.6</v>
+        <v>196.8</v>
       </c>
       <c r="E16" s="7">
-        <v>187.3</v>
+        <v>187.9</v>
       </c>
       <c r="F16" s="7">
-        <v>132.9</v>
+        <v>133.5</v>
       </c>
       <c r="G16" s="7">
-        <v>95.09999999999999</v>
+        <v>93.3</v>
       </c>
       <c r="H16" s="7">
-        <v>172.6</v>
+        <v>173.3</v>
       </c>
       <c r="I16" s="7">
-        <v>154.8</v>
+        <v>155</v>
       </c>
       <c r="J16" s="7">
-        <v>129.6</v>
+        <v>130.3</v>
       </c>
       <c r="K16" s="7">
-        <v>200.2</v>
+        <v>200.1</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="B17" t="s">
         <v>47</v>
       </c>
       <c r="C17" s="7">
-        <v>164.3</v>
+        <v>164.4</v>
       </c>
       <c r="D17" s="7">
-        <v>195.4</v>
+        <v>195.6</v>
       </c>
       <c r="E17" s="7">
-        <v>186.9</v>
+        <v>187.3</v>
       </c>
       <c r="F17" s="7">
-        <v>133.1</v>
+        <v>132.9</v>
       </c>
       <c r="G17" s="7">
-        <v>95.5</v>
+        <v>95.09999999999999</v>
       </c>
       <c r="H17" s="7">
-        <v>171.7</v>
+        <v>172.6</v>
       </c>
       <c r="I17" s="7">
-        <v>154.4</v>
+        <v>154.8</v>
       </c>
       <c r="J17" s="7">
-        <v>130.6</v>
+        <v>129.6</v>
       </c>
       <c r="K17" s="7">
-        <v>200.4</v>
+        <v>200.2</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="B18" t="s">
         <v>48</v>
       </c>
       <c r="C18" s="7">
-        <v>163.4</v>
+        <v>164.3</v>
       </c>
       <c r="D18" s="7">
-        <v>194.5</v>
+        <v>195.4</v>
       </c>
       <c r="E18" s="7">
         <v>186.9</v>
       </c>
       <c r="F18" s="7">
-        <v>132.4</v>
+        <v>133.1</v>
       </c>
       <c r="G18" s="7">
-        <v>94.2</v>
+        <v>95.5</v>
       </c>
       <c r="H18" s="7">
-        <v>170.5</v>
+        <v>171.7</v>
       </c>
       <c r="I18" s="7">
-        <v>152.8</v>
+        <v>154.4</v>
       </c>
       <c r="J18" s="7">
-        <v>128.4</v>
+        <v>130.6</v>
       </c>
       <c r="K18" s="7">
-        <v>200</v>
+        <v>200.4</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="B19" t="s">
         <v>49</v>
       </c>
       <c r="C19" s="7">
-        <v>163.5</v>
+        <v>163.4</v>
       </c>
       <c r="D19" s="7">
-        <v>193.8</v>
+        <v>194.5</v>
       </c>
       <c r="E19" s="7">
-        <v>187</v>
+        <v>186.9</v>
       </c>
       <c r="F19" s="7">
-        <v>131.3</v>
+        <v>132.4</v>
       </c>
       <c r="G19" s="7">
-        <v>94.40000000000001</v>
+        <v>94.2</v>
       </c>
       <c r="H19" s="7">
-        <v>173.1</v>
+        <v>170.5</v>
       </c>
       <c r="I19" s="7">
-        <v>152</v>
+        <v>152.8</v>
       </c>
       <c r="J19" s="7">
-        <v>128.6</v>
+        <v>128.4</v>
       </c>
       <c r="K19" s="7">
-        <v>199.7</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="B20" t="s">
         <v>50</v>
       </c>
       <c r="C20" s="7">
-        <v>163</v>
+        <v>163.5</v>
       </c>
       <c r="D20" s="7">
-        <v>190.5</v>
+        <v>193.8</v>
       </c>
       <c r="E20" s="7">
-        <v>186.7</v>
+        <v>187</v>
       </c>
       <c r="F20" s="7">
-        <v>131.7</v>
+        <v>131.3</v>
       </c>
       <c r="G20" s="7">
-        <v>92.90000000000001</v>
+        <v>94.40000000000001</v>
       </c>
       <c r="H20" s="7">
-        <v>173.6</v>
+        <v>173.1</v>
       </c>
       <c r="I20" s="7">
-        <v>151.9</v>
+        <v>152</v>
       </c>
       <c r="J20" s="7">
-        <v>129.6</v>
+        <v>128.6</v>
       </c>
       <c r="K20" s="7">
-        <v>195.2</v>
+        <v>199.7</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="B21" t="s">
         <v>51</v>
       </c>
       <c r="C21" s="7">
+        <v>163</v>
+      </c>
+      <c r="D21" s="7">
+        <v>190.5</v>
+      </c>
+      <c r="E21" s="7">
+        <v>186.7</v>
+      </c>
+      <c r="F21" s="7">
+        <v>131.7</v>
+      </c>
+      <c r="G21" s="7">
+        <v>92.90000000000001</v>
+      </c>
+      <c r="H21" s="7">
+        <v>173.6</v>
+      </c>
+      <c r="I21" s="7">
+        <v>151.9</v>
+      </c>
+      <c r="J21" s="7">
+        <v>129.6</v>
+      </c>
+      <c r="K21" s="7">
+        <v>195.2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11">
+      <c r="B22" t="s">
+        <v>52</v>
+      </c>
+      <c r="C22" s="7">
         <v>161.3</v>
       </c>
-      <c r="D21" s="7">
+      <c r="D22" s="7">
         <v>187</v>
       </c>
-      <c r="E21" s="7">
+      <c r="E22" s="7">
         <v>186.4</v>
       </c>
-      <c r="F21" s="7">
+      <c r="F22" s="7">
         <v>130.5</v>
       </c>
-      <c r="G21" s="7">
+      <c r="G22" s="7">
         <v>91.40000000000001</v>
       </c>
-      <c r="H21" s="7">
+      <c r="H22" s="7">
         <v>173.1</v>
       </c>
-      <c r="I21" s="7">
+      <c r="I22" s="7">
         <v>151.1</v>
       </c>
-      <c r="J21" s="7">
+      <c r="J22" s="7">
         <v>125.3</v>
       </c>
-      <c r="K21" s="7">
+      <c r="K22" s="7">
         <v>192.3</v>
       </c>
     </row>
-    <row r="23" spans="1:11">
-      <c r="A23">
+    <row r="24" spans="1:11">
+      <c r="A24">
         <v>2024</v>
       </c>
-      <c r="B23" t="s">
-[...30 lines deleted...]
-    <row r="24" spans="1:11">
       <c r="B24" t="s">
         <v>41</v>
       </c>
       <c r="C24" s="7">
-        <v>161.8</v>
+        <v>161.2</v>
       </c>
       <c r="D24" s="7">
-        <v>191.5</v>
+        <v>188</v>
       </c>
       <c r="E24" s="7">
-        <v>185.3</v>
+        <v>185.8</v>
       </c>
       <c r="F24" s="7">
-        <v>130</v>
+        <v>128.6</v>
       </c>
       <c r="G24" s="7">
-        <v>94.2</v>
+        <v>91.40000000000001</v>
       </c>
       <c r="H24" s="7">
-        <v>170.4</v>
+        <v>173.4</v>
       </c>
       <c r="I24" s="7">
-        <v>151.6</v>
+        <v>151.3</v>
       </c>
       <c r="J24" s="7">
-        <v>126.9</v>
+        <v>126</v>
       </c>
       <c r="K24" s="7">
-        <v>198.3</v>
+        <v>193.5</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B27" s="8"/>
       <c r="C27" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D27" s="9"/>
       <c r="E27" s="9"/>
       <c r="F27" s="9"/>
       <c r="G27" s="9"/>
       <c r="H27" s="9"/>
       <c r="I27" s="9"/>
       <c r="J27" s="9"/>
       <c r="K27" s="9"/>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="10">
-        <v>160.9</v>
+        <v>164.2</v>
       </c>
       <c r="D28" s="10">
-        <v>189.3</v>
+        <v>195.3</v>
       </c>
       <c r="E28" s="10">
-        <v>182.3</v>
+        <v>187.8</v>
       </c>
       <c r="F28" s="10">
-        <v>130.7</v>
+        <v>133</v>
       </c>
       <c r="G28" s="10">
-        <v>93.3</v>
+        <v>93.8</v>
       </c>
       <c r="H28" s="10">
-        <v>171.7</v>
+        <v>172.3</v>
       </c>
       <c r="I28" s="10">
-        <v>150.4</v>
+        <v>154.2</v>
       </c>
       <c r="J28" s="10">
-        <v>127</v>
+        <v>128.7</v>
       </c>
       <c r="K28" s="10">
-        <v>196.2</v>
+        <v>199.3</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" s="2">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B29" s="2"/>
       <c r="C29" s="10">
-        <v>157.1</v>
+        <v>160.9</v>
       </c>
       <c r="D29" s="10">
-        <v>184.3</v>
+        <v>189.3</v>
       </c>
       <c r="E29" s="10">
-        <v>172.5</v>
+        <v>182.3</v>
       </c>
       <c r="F29" s="10">
-        <v>132</v>
+        <v>130.7</v>
       </c>
       <c r="G29" s="10">
-        <v>96.40000000000001</v>
+        <v>93.3</v>
       </c>
       <c r="H29" s="10">
-        <v>169</v>
+        <v>171.7</v>
       </c>
       <c r="I29" s="10">
-        <v>145.8</v>
+        <v>150.4</v>
       </c>
       <c r="J29" s="10">
-        <v>126.4</v>
+        <v>127</v>
       </c>
       <c r="K29" s="10">
-        <v>190.5</v>
+        <v>196.2</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" s="2">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B30" s="2"/>
       <c r="C30" s="10">
-        <v>151.2</v>
+        <v>157.1</v>
       </c>
       <c r="D30" s="10">
-        <v>171.5</v>
+        <v>184.3</v>
       </c>
       <c r="E30" s="10">
-        <v>163.3</v>
+        <v>172.5</v>
       </c>
       <c r="F30" s="10">
-        <v>130.9</v>
+        <v>132</v>
       </c>
       <c r="G30" s="10">
-        <v>95.40000000000001</v>
+        <v>96.40000000000001</v>
       </c>
       <c r="H30" s="10">
-        <v>167.5</v>
+        <v>169</v>
       </c>
       <c r="I30" s="10">
-        <v>138</v>
+        <v>145.8</v>
       </c>
       <c r="J30" s="10">
-        <v>123.5</v>
+        <v>126.4</v>
       </c>
       <c r="K30" s="10">
-        <v>181.3</v>
+        <v>190.5</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" s="2">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B31" s="2"/>
       <c r="C31" s="10">
-        <v>141.6</v>
+        <v>151.2</v>
       </c>
       <c r="D31" s="10">
-        <v>157.5</v>
+        <v>171.5</v>
       </c>
       <c r="E31" s="10">
-        <v>152.7</v>
+        <v>163.3</v>
       </c>
       <c r="F31" s="10">
-        <v>125.2</v>
+        <v>130.9</v>
       </c>
       <c r="G31" s="10">
-        <v>94.09999999999999</v>
+        <v>95.40000000000001</v>
       </c>
       <c r="H31" s="10">
-        <v>151.4</v>
+        <v>167.5</v>
       </c>
       <c r="I31" s="10">
-        <v>132.6</v>
+        <v>138</v>
       </c>
       <c r="J31" s="10">
-        <v>117.9</v>
+        <v>123.5</v>
       </c>
       <c r="K31" s="10">
-        <v>175</v>
+        <v>181.3</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" s="2">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B32" s="2"/>
       <c r="C32" s="10">
-        <v>137</v>
+        <v>141.6</v>
       </c>
       <c r="D32" s="10">
-        <v>153.7</v>
+        <v>157.5</v>
       </c>
       <c r="E32" s="10">
-        <v>147</v>
+        <v>152.7</v>
       </c>
       <c r="F32" s="10">
-        <v>123.8</v>
+        <v>125.2</v>
       </c>
       <c r="G32" s="10">
-        <v>94.40000000000001</v>
+        <v>94.09999999999999</v>
       </c>
       <c r="H32" s="10">
-        <v>141.2</v>
+        <v>151.4</v>
       </c>
       <c r="I32" s="10">
-        <v>129.2</v>
+        <v>132.6</v>
       </c>
       <c r="J32" s="10">
-        <v>115.7</v>
+        <v>117.9</v>
       </c>
       <c r="K32" s="10">
-        <v>171.9</v>
+        <v>175</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" s="2">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B33" s="2"/>
       <c r="C33" s="10">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D33" s="10">
-        <v>150.2</v>
+        <v>153.7</v>
       </c>
       <c r="E33" s="10">
-        <v>144.5</v>
+        <v>147</v>
       </c>
       <c r="F33" s="10">
-        <v>123.6</v>
+        <v>123.8</v>
       </c>
       <c r="G33" s="10">
-        <v>96.09999999999999</v>
+        <v>94.40000000000001</v>
       </c>
       <c r="H33" s="10">
-        <v>141.5</v>
+        <v>141.2</v>
       </c>
       <c r="I33" s="10">
-        <v>127.4</v>
+        <v>129.2</v>
       </c>
       <c r="J33" s="10">
-        <v>116.8</v>
+        <v>115.7</v>
       </c>
       <c r="K33" s="10">
-        <v>171.1</v>
+        <v>171.9</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" s="2">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B34" s="2"/>
       <c r="C34" s="10">
-        <v>133.4</v>
+        <v>136</v>
       </c>
       <c r="D34" s="10">
-        <v>145.3</v>
+        <v>150.2</v>
       </c>
       <c r="E34" s="10">
-        <v>140.9</v>
+        <v>144.5</v>
       </c>
       <c r="F34" s="10">
-        <v>123.2</v>
+        <v>123.6</v>
       </c>
       <c r="G34" s="10">
-        <v>94.5</v>
+        <v>96.09999999999999</v>
       </c>
       <c r="H34" s="10">
-        <v>139.1</v>
+        <v>141.5</v>
       </c>
       <c r="I34" s="10">
-        <v>125.9</v>
+        <v>127.4</v>
       </c>
       <c r="J34" s="10">
-        <v>115.3</v>
+        <v>116.8</v>
       </c>
       <c r="K34" s="10">
-        <v>167.9</v>
+        <v>171.1</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" s="2">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B35" s="2"/>
       <c r="C35" s="10">
-        <v>130.4</v>
+        <v>133.4</v>
       </c>
       <c r="D35" s="10">
-        <v>142.7</v>
+        <v>145.3</v>
       </c>
       <c r="E35" s="10">
-        <v>138.1</v>
+        <v>140.9</v>
       </c>
       <c r="F35" s="10">
-        <v>121.9</v>
+        <v>123.2</v>
       </c>
       <c r="G35" s="10">
-        <v>93.7</v>
+        <v>94.5</v>
       </c>
       <c r="H35" s="10">
-        <v>132.9</v>
+        <v>139.1</v>
       </c>
       <c r="I35" s="10">
-        <v>124.3</v>
+        <v>125.9</v>
       </c>
       <c r="J35" s="10">
-        <v>114</v>
+        <v>115.3</v>
       </c>
       <c r="K35" s="10">
-        <v>161.1</v>
+        <v>167.9</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" s="2">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="10">
-        <v>128.4</v>
+        <v>130.4</v>
       </c>
       <c r="D36" s="10">
-        <v>142.6</v>
+        <v>142.7</v>
       </c>
       <c r="E36" s="10">
-        <v>135.8</v>
+        <v>138.1</v>
       </c>
       <c r="F36" s="10">
-        <v>121.7</v>
+        <v>121.9</v>
       </c>
       <c r="G36" s="10">
-        <v>94.40000000000001</v>
+        <v>93.7</v>
       </c>
       <c r="H36" s="10">
-        <v>127.9</v>
+        <v>132.9</v>
       </c>
       <c r="I36" s="10">
-        <v>122.2</v>
+        <v>124.3</v>
       </c>
       <c r="J36" s="10">
-        <v>111.3</v>
+        <v>114</v>
       </c>
       <c r="K36" s="10">
-        <v>156.8</v>
+        <v>161.1</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" s="2">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="10">
-        <v>126.6</v>
+        <v>128.4</v>
       </c>
       <c r="D37" s="10">
-        <v>140.5</v>
+        <v>142.6</v>
       </c>
       <c r="E37" s="10">
-        <v>133.7</v>
+        <v>135.8</v>
       </c>
       <c r="F37" s="10">
-        <v>119.7</v>
+        <v>121.7</v>
       </c>
       <c r="G37" s="10">
-        <v>94.59999999999999</v>
+        <v>94.40000000000001</v>
       </c>
       <c r="H37" s="10">
-        <v>126.5</v>
+        <v>127.9</v>
       </c>
       <c r="I37" s="10">
-        <v>120.5</v>
+        <v>122.2</v>
       </c>
       <c r="J37" s="10">
-        <v>109.4</v>
+        <v>111.3</v>
       </c>
       <c r="K37" s="10">
-        <v>152</v>
+        <v>156.8</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" s="8">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B38" s="8"/>
       <c r="C38" s="11">
-        <v>125.2</v>
+        <v>126.6</v>
       </c>
       <c r="D38" s="11">
-        <v>135.5</v>
+        <v>140.5</v>
       </c>
       <c r="E38" s="11">
-        <v>132.2</v>
+        <v>133.7</v>
       </c>
       <c r="F38" s="11">
-        <v>116.6</v>
+        <v>119.7</v>
       </c>
       <c r="G38" s="11">
-        <v>93.2</v>
+        <v>94.59999999999999</v>
       </c>
       <c r="H38" s="11">
-        <v>130.4</v>
+        <v>126.5</v>
       </c>
       <c r="I38" s="11">
-        <v>119</v>
+        <v>120.5</v>
       </c>
       <c r="J38" s="11">
-        <v>107.4</v>
+        <v>109.4</v>
       </c>
       <c r="K38" s="11">
-        <v>146.6</v>
+        <v>152</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" s="2"/>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="2"/>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
       <c r="I39" s="2"/>
       <c r="J39" s="2"/>
       <c r="K39" s="2"/>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" s="12" t="s">
         <v>55</v>
       </c>
       <c r="B40" s="12"/>
       <c r="C40" s="12"/>
       <c r="D40" s="12"/>
       <c r="E40" s="12"/>
       <c r="F40" s="12"/>
       <c r="G40" s="12"/>