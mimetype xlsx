--- v4 (2026-02-15)
+++ v5 (2026-03-07)
@@ -162,84 +162,84 @@
   <si>
     <t>V41695021)</t>
   </si>
   <si>
     <t>V41695053)</t>
   </si>
   <si>
     <t>V41695058)</t>
   </si>
   <si>
     <t>V41695073)</t>
   </si>
   <si>
     <t>V41695081)</t>
   </si>
   <si>
     <t>V41695097)</t>
   </si>
   <si>
     <t>V41695107)</t>
   </si>
   <si>
     <t>V41695117)</t>
   </si>
   <si>
+    <t>Jan</t>
+  </si>
+  <si>
     <t>Dec</t>
   </si>
   <si>
     <t>Nov</t>
   </si>
   <si>
     <t>Oct</t>
   </si>
   <si>
     <t>Sep</t>
   </si>
   <si>
     <t>Aug</t>
   </si>
   <si>
     <t>Jul</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Feb</t>
-  </si>
-[...1 lines deleted...]
-    <t>Jan</t>
   </si>
   <si>
     <t>Annual Totals</t>
   </si>
   <si>
     <t>Monthly Average</t>
   </si>
   <si>
     <t>Source: Statistics Canada</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF0070C0"/>
         <sz val="14"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Consumer Price Index, </t>
     </r>
     <r>
       <rPr>
@@ -941,468 +941,468 @@
       </c>
       <c r="E9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="F9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="G9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="H9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="I9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="J9" s="6" t="s">
         <v>39</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="B11" t="s">
         <v>41</v>
       </c>
       <c r="C11" s="7">
+        <v>164.5</v>
+      </c>
+      <c r="D11" s="7">
+        <v>191.1</v>
+      </c>
+      <c r="E11" s="7">
+        <v>202.3</v>
+      </c>
+      <c r="F11" s="7">
+        <v>110.1</v>
+      </c>
+      <c r="G11" s="7">
+        <v>112.1</v>
+      </c>
+      <c r="H11" s="7">
+        <v>162.5</v>
+      </c>
+      <c r="I11" s="7">
+        <v>144.3</v>
+      </c>
+      <c r="J11" s="7">
+        <v>119.4</v>
+      </c>
+      <c r="K11" s="7">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11">
+      <c r="A13">
+        <v>2025</v>
+      </c>
+      <c r="B13" t="s">
+        <v>42</v>
+      </c>
+      <c r="C13" s="7">
         <v>165.9</v>
       </c>
-      <c r="D11" s="7">
+      <c r="D13" s="7">
         <v>193.1</v>
       </c>
-      <c r="E11" s="7">
+      <c r="E13" s="7">
         <v>202.5</v>
       </c>
-      <c r="F11" s="7">
+      <c r="F13" s="7">
         <v>109.4</v>
       </c>
-      <c r="G11" s="7">
+      <c r="G13" s="7">
         <v>108</v>
       </c>
-      <c r="H11" s="7">
+      <c r="H13" s="7">
         <v>172.9</v>
       </c>
-      <c r="I11" s="7">
+      <c r="I13" s="7">
         <v>144.7</v>
       </c>
-      <c r="J11" s="7">
+      <c r="J13" s="7">
         <v>119.3</v>
       </c>
-      <c r="K11" s="7">
+      <c r="K13" s="7">
         <v>209.8</v>
-      </c>
-[...62 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="B14" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C14" s="7">
-        <v>162.4</v>
+        <v>163.9</v>
       </c>
       <c r="D14" s="7">
-        <v>188.4</v>
+        <v>191.7</v>
       </c>
       <c r="E14" s="7">
-        <v>198.9</v>
+        <v>199.8</v>
       </c>
       <c r="F14" s="7">
-        <v>109.5</v>
+        <v>111</v>
       </c>
       <c r="G14" s="7">
-        <v>108.4</v>
+        <v>111</v>
       </c>
       <c r="H14" s="7">
-        <v>160.5</v>
+        <v>161.8</v>
       </c>
       <c r="I14" s="7">
-        <v>144.3</v>
+        <v>145.2</v>
       </c>
       <c r="J14" s="7">
-        <v>118.9</v>
+        <v>119.6</v>
       </c>
       <c r="K14" s="7">
-        <v>206.9</v>
+        <v>207.5</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="B15" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C15" s="7">
-        <v>163.1</v>
+        <v>163.6</v>
       </c>
       <c r="D15" s="7">
-        <v>187.1</v>
+        <v>187.7</v>
       </c>
       <c r="E15" s="7">
-        <v>198.5</v>
+        <v>200</v>
       </c>
       <c r="F15" s="7">
+        <v>111.2</v>
+      </c>
+      <c r="G15" s="7">
         <v>109.2</v>
       </c>
-      <c r="G15" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="H15" s="7">
-        <v>165.9</v>
+        <v>162.6</v>
       </c>
       <c r="I15" s="7">
-        <v>142.4</v>
+        <v>145.6</v>
       </c>
       <c r="J15" s="7">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="K15" s="7">
-        <v>206.4</v>
+        <v>207</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="B16" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C16" s="7">
-        <v>164</v>
+        <v>162.4</v>
       </c>
       <c r="D16" s="7">
-        <v>189.5</v>
+        <v>188.4</v>
       </c>
       <c r="E16" s="7">
-        <v>198.6</v>
+        <v>198.9</v>
       </c>
       <c r="F16" s="7">
-        <v>109.2</v>
+        <v>109.5</v>
       </c>
       <c r="G16" s="7">
-        <v>113.1</v>
+        <v>108.4</v>
       </c>
       <c r="H16" s="7">
-        <v>170.3</v>
+        <v>160.5</v>
       </c>
       <c r="I16" s="7">
-        <v>142.8</v>
+        <v>144.3</v>
       </c>
       <c r="J16" s="7">
         <v>118.9</v>
       </c>
       <c r="K16" s="7">
-        <v>205.6</v>
+        <v>206.9</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="B17" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C17" s="7">
-        <v>163.5</v>
+        <v>163.1</v>
       </c>
       <c r="D17" s="7">
-        <v>189.8</v>
+        <v>187.1</v>
       </c>
       <c r="E17" s="7">
         <v>198.5</v>
       </c>
       <c r="F17" s="7">
-        <v>107.6</v>
+        <v>109.2</v>
       </c>
       <c r="G17" s="7">
-        <v>113.9</v>
+        <v>111.9</v>
       </c>
       <c r="H17" s="7">
-        <v>167.3</v>
+        <v>165.9</v>
       </c>
       <c r="I17" s="7">
-        <v>142.7</v>
+        <v>142.4</v>
       </c>
       <c r="J17" s="7">
-        <v>119.6</v>
+        <v>120</v>
       </c>
       <c r="K17" s="7">
-        <v>205.6</v>
+        <v>206.4</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="B18" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C18" s="7">
-        <v>163.1</v>
+        <v>164</v>
       </c>
       <c r="D18" s="7">
-        <v>190.7</v>
+        <v>189.5</v>
       </c>
       <c r="E18" s="7">
-        <v>198.3</v>
+        <v>198.6</v>
       </c>
       <c r="F18" s="7">
-        <v>108.6</v>
+        <v>109.2</v>
       </c>
       <c r="G18" s="7">
-        <v>110.4</v>
+        <v>113.1</v>
       </c>
       <c r="H18" s="7">
-        <v>163.6</v>
+        <v>170.3</v>
       </c>
       <c r="I18" s="7">
-        <v>142.7</v>
+        <v>142.8</v>
       </c>
       <c r="J18" s="7">
-        <v>120.4</v>
+        <v>118.9</v>
       </c>
       <c r="K18" s="7">
-        <v>205.7</v>
+        <v>205.6</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="B19" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C19" s="7">
         <v>163.5</v>
       </c>
       <c r="D19" s="7">
-        <v>190.1</v>
+        <v>189.8</v>
       </c>
       <c r="E19" s="7">
-        <v>199.6</v>
+        <v>198.5</v>
       </c>
       <c r="F19" s="7">
-        <v>108.2</v>
+        <v>107.6</v>
       </c>
       <c r="G19" s="7">
-        <v>114.7</v>
+        <v>113.9</v>
       </c>
       <c r="H19" s="7">
-        <v>164.4</v>
+        <v>167.3</v>
       </c>
       <c r="I19" s="7">
-        <v>140.7</v>
+        <v>142.7</v>
       </c>
       <c r="J19" s="7">
-        <v>119.9</v>
+        <v>119.6</v>
       </c>
       <c r="K19" s="7">
-        <v>206</v>
+        <v>205.6</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="B20" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C20" s="7">
-        <v>163.5</v>
+        <v>163.1</v>
       </c>
       <c r="D20" s="7">
-        <v>187.9</v>
+        <v>190.7</v>
       </c>
       <c r="E20" s="7">
-        <v>200.2</v>
+        <v>198.3</v>
       </c>
       <c r="F20" s="7">
-        <v>108.3</v>
+        <v>108.6</v>
       </c>
       <c r="G20" s="7">
-        <v>113</v>
+        <v>110.4</v>
       </c>
       <c r="H20" s="7">
-        <v>165.6</v>
+        <v>163.6</v>
       </c>
       <c r="I20" s="7">
-        <v>139.6</v>
+        <v>142.7</v>
       </c>
       <c r="J20" s="7">
-        <v>122.2</v>
+        <v>120.4</v>
       </c>
       <c r="K20" s="7">
-        <v>204.4</v>
+        <v>205.7</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="B21" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C21" s="7">
-        <v>163.1</v>
+        <v>163.5</v>
       </c>
       <c r="D21" s="7">
-        <v>187.3</v>
+        <v>190.1</v>
       </c>
       <c r="E21" s="7">
         <v>199.6</v>
       </c>
       <c r="F21" s="7">
-        <v>108.7</v>
+        <v>108.2</v>
       </c>
       <c r="G21" s="7">
-        <v>109.5</v>
+        <v>114.7</v>
       </c>
       <c r="H21" s="7">
-        <v>164.3</v>
+        <v>164.4</v>
       </c>
       <c r="I21" s="7">
-        <v>140</v>
+        <v>140.7</v>
       </c>
       <c r="J21" s="7">
-        <v>124.1</v>
+        <v>119.9</v>
       </c>
       <c r="K21" s="7">
-        <v>203.8</v>
+        <v>206</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="B22" t="s">
+        <v>51</v>
+      </c>
+      <c r="C22" s="7">
+        <v>163.5</v>
+      </c>
+      <c r="D22" s="7">
+        <v>187.9</v>
+      </c>
+      <c r="E22" s="7">
+        <v>200.2</v>
+      </c>
+      <c r="F22" s="7">
+        <v>108.3</v>
+      </c>
+      <c r="G22" s="7">
+        <v>113</v>
+      </c>
+      <c r="H22" s="7">
+        <v>165.6</v>
+      </c>
+      <c r="I22" s="7">
+        <v>139.6</v>
+      </c>
+      <c r="J22" s="7">
+        <v>122.2</v>
+      </c>
+      <c r="K22" s="7">
+        <v>204.4</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11">
+      <c r="B23" t="s">
         <v>52</v>
       </c>
-      <c r="C22" s="7">
-[...24 lines deleted...]
-        <v>201.5</v>
+      <c r="C23" s="7">
+        <v>163.1</v>
+      </c>
+      <c r="D23" s="7">
+        <v>187.3</v>
+      </c>
+      <c r="E23" s="7">
+        <v>199.6</v>
+      </c>
+      <c r="F23" s="7">
+        <v>108.7</v>
+      </c>
+      <c r="G23" s="7">
+        <v>109.5</v>
+      </c>
+      <c r="H23" s="7">
+        <v>164.3</v>
+      </c>
+      <c r="I23" s="7">
+        <v>140</v>
+      </c>
+      <c r="J23" s="7">
+        <v>124.1</v>
+      </c>
+      <c r="K23" s="7">
+        <v>203.8</v>
       </c>
     </row>
     <row r="24" spans="1:11">
-      <c r="A24">
-[...1 lines deleted...]
-      </c>
       <c r="B24" t="s">
         <v>41</v>
       </c>
       <c r="C24" s="7">
-        <v>160.8</v>
+        <v>161.8</v>
       </c>
       <c r="D24" s="7">
-        <v>186</v>
+        <v>185.4</v>
       </c>
       <c r="E24" s="7">
-        <v>193.1</v>
+        <v>198.8</v>
       </c>
       <c r="F24" s="7">
-        <v>106.1</v>
+        <v>107.4</v>
       </c>
       <c r="G24" s="7">
-        <v>109.4</v>
+        <v>110.3</v>
       </c>
       <c r="H24" s="7">
-        <v>172</v>
+        <v>164.8</v>
       </c>
       <c r="I24" s="7">
-        <v>140.3</v>
+        <v>140.1</v>
       </c>
       <c r="J24" s="7">
-        <v>117.7</v>
+        <v>119.7</v>
       </c>
       <c r="K24" s="7">
-        <v>202.2</v>
+        <v>201.5</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B27" s="8"/>
       <c r="C27" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D27" s="9"/>
       <c r="E27" s="9"/>
       <c r="F27" s="9"/>
       <c r="G27" s="9"/>
       <c r="H27" s="9"/>
       <c r="I27" s="9"/>
       <c r="J27" s="9"/>
       <c r="K27" s="9"/>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="2">
         <v>2025</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="10">
@@ -2023,468 +2023,468 @@
       </c>
       <c r="E9" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F9" s="6" t="s">
         <v>69</v>
       </c>
       <c r="G9" s="6" t="s">
         <v>70</v>
       </c>
       <c r="H9" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I9" s="6" t="s">
         <v>72</v>
       </c>
       <c r="J9" s="6" t="s">
         <v>73</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="B11" t="s">
         <v>41</v>
       </c>
       <c r="C11" s="7">
         <v>165</v>
       </c>
       <c r="D11" s="7">
+        <v>200.7</v>
+      </c>
+      <c r="E11" s="7">
+        <v>189.6</v>
+      </c>
+      <c r="F11" s="7">
+        <v>133.7</v>
+      </c>
+      <c r="G11" s="7">
+        <v>92.09999999999999</v>
+      </c>
+      <c r="H11" s="7">
+        <v>170.2</v>
+      </c>
+      <c r="I11" s="7">
+        <v>156.1</v>
+      </c>
+      <c r="J11" s="7">
+        <v>126.6</v>
+      </c>
+      <c r="K11" s="7">
+        <v>201.6</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11">
+      <c r="A13">
+        <v>2025</v>
+      </c>
+      <c r="B13" t="s">
+        <v>42</v>
+      </c>
+      <c r="C13" s="7">
+        <v>165</v>
+      </c>
+      <c r="D13" s="7">
         <v>199.7</v>
       </c>
-      <c r="E11" s="7">
+      <c r="E13" s="7">
         <v>189.7</v>
       </c>
-      <c r="F11" s="7">
+      <c r="F13" s="7">
         <v>133.2</v>
       </c>
-      <c r="G11" s="7">
+      <c r="G13" s="7">
         <v>91.90000000000001</v>
       </c>
-      <c r="H11" s="7">
+      <c r="H13" s="7">
         <v>172.6</v>
-      </c>
-[...62 lines deleted...]
-        <v>171.1</v>
       </c>
       <c r="I13" s="7">
         <v>155.7</v>
       </c>
       <c r="J13" s="7">
-        <v>130</v>
+        <v>126.2</v>
       </c>
       <c r="K13" s="7">
-        <v>201</v>
+        <v>200.4</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="B14" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C14" s="7">
-        <v>164.9</v>
+        <v>165.4</v>
       </c>
       <c r="D14" s="7">
-        <v>197.5</v>
+        <v>199.5</v>
       </c>
       <c r="E14" s="7">
-        <v>188.2</v>
+        <v>189.6</v>
       </c>
       <c r="F14" s="7">
-        <v>134.1</v>
+        <v>134.3</v>
       </c>
       <c r="G14" s="7">
-        <v>93.5</v>
+        <v>95</v>
       </c>
       <c r="H14" s="7">
-        <v>171.8</v>
+        <v>171.6</v>
       </c>
       <c r="I14" s="7">
-        <v>155.8</v>
+        <v>156.1</v>
       </c>
       <c r="J14" s="7">
-        <v>129.6</v>
+        <v>127.4</v>
       </c>
       <c r="K14" s="7">
-        <v>200.8</v>
+        <v>201.1</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="B15" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C15" s="7">
-        <v>164.8</v>
+        <v>165.3</v>
       </c>
       <c r="D15" s="7">
-        <v>196.8</v>
+        <v>196.9</v>
       </c>
       <c r="E15" s="7">
-        <v>188</v>
+        <v>189.4</v>
       </c>
       <c r="F15" s="7">
-        <v>133.9</v>
+        <v>135</v>
       </c>
       <c r="G15" s="7">
-        <v>93.59999999999999</v>
+        <v>94.7</v>
       </c>
       <c r="H15" s="7">
-        <v>172.7</v>
+        <v>171.1</v>
       </c>
       <c r="I15" s="7">
-        <v>155.4</v>
+        <v>155.7</v>
       </c>
       <c r="J15" s="7">
-        <v>128.7</v>
+        <v>130</v>
       </c>
       <c r="K15" s="7">
-        <v>200.5</v>
+        <v>201</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="B16" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C16" s="7">
         <v>164.9</v>
       </c>
       <c r="D16" s="7">
-        <v>196.8</v>
+        <v>197.5</v>
       </c>
       <c r="E16" s="7">
-        <v>187.9</v>
+        <v>188.2</v>
       </c>
       <c r="F16" s="7">
-        <v>133.5</v>
+        <v>134.1</v>
       </c>
       <c r="G16" s="7">
-        <v>93.3</v>
+        <v>93.5</v>
       </c>
       <c r="H16" s="7">
-        <v>173.3</v>
+        <v>171.8</v>
       </c>
       <c r="I16" s="7">
-        <v>155</v>
+        <v>155.8</v>
       </c>
       <c r="J16" s="7">
-        <v>130.3</v>
+        <v>129.6</v>
       </c>
       <c r="K16" s="7">
-        <v>200.1</v>
+        <v>200.8</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="B17" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C17" s="7">
-        <v>164.4</v>
+        <v>164.8</v>
       </c>
       <c r="D17" s="7">
-        <v>195.6</v>
+        <v>196.8</v>
       </c>
       <c r="E17" s="7">
-        <v>187.3</v>
+        <v>188</v>
       </c>
       <c r="F17" s="7">
-        <v>132.9</v>
+        <v>133.9</v>
       </c>
       <c r="G17" s="7">
-        <v>95.09999999999999</v>
+        <v>93.59999999999999</v>
       </c>
       <c r="H17" s="7">
-        <v>172.6</v>
+        <v>172.7</v>
       </c>
       <c r="I17" s="7">
-        <v>154.8</v>
+        <v>155.4</v>
       </c>
       <c r="J17" s="7">
-        <v>129.6</v>
+        <v>128.7</v>
       </c>
       <c r="K17" s="7">
-        <v>200.2</v>
+        <v>200.5</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="B18" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C18" s="7">
-        <v>164.3</v>
+        <v>164.9</v>
       </c>
       <c r="D18" s="7">
-        <v>195.4</v>
+        <v>196.8</v>
       </c>
       <c r="E18" s="7">
-        <v>186.9</v>
+        <v>187.9</v>
       </c>
       <c r="F18" s="7">
-        <v>133.1</v>
+        <v>133.5</v>
       </c>
       <c r="G18" s="7">
-        <v>95.5</v>
+        <v>93.3</v>
       </c>
       <c r="H18" s="7">
-        <v>171.7</v>
+        <v>173.3</v>
       </c>
       <c r="I18" s="7">
-        <v>154.4</v>
+        <v>155</v>
       </c>
       <c r="J18" s="7">
-        <v>130.6</v>
+        <v>130.3</v>
       </c>
       <c r="K18" s="7">
-        <v>200.4</v>
+        <v>200.1</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="B19" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C19" s="7">
-        <v>163.4</v>
+        <v>164.4</v>
       </c>
       <c r="D19" s="7">
-        <v>194.5</v>
+        <v>195.6</v>
       </c>
       <c r="E19" s="7">
-        <v>186.9</v>
+        <v>187.3</v>
       </c>
       <c r="F19" s="7">
-        <v>132.4</v>
+        <v>132.9</v>
       </c>
       <c r="G19" s="7">
-        <v>94.2</v>
+        <v>95.09999999999999</v>
       </c>
       <c r="H19" s="7">
-        <v>170.5</v>
+        <v>172.6</v>
       </c>
       <c r="I19" s="7">
-        <v>152.8</v>
+        <v>154.8</v>
       </c>
       <c r="J19" s="7">
-        <v>128.4</v>
+        <v>129.6</v>
       </c>
       <c r="K19" s="7">
-        <v>200</v>
+        <v>200.2</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="B20" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C20" s="7">
-        <v>163.5</v>
+        <v>164.3</v>
       </c>
       <c r="D20" s="7">
-        <v>193.8</v>
+        <v>195.4</v>
       </c>
       <c r="E20" s="7">
-        <v>187</v>
+        <v>186.9</v>
       </c>
       <c r="F20" s="7">
-        <v>131.3</v>
+        <v>133.1</v>
       </c>
       <c r="G20" s="7">
-        <v>94.40000000000001</v>
+        <v>95.5</v>
       </c>
       <c r="H20" s="7">
-        <v>173.1</v>
+        <v>171.7</v>
       </c>
       <c r="I20" s="7">
-        <v>152</v>
+        <v>154.4</v>
       </c>
       <c r="J20" s="7">
-        <v>128.6</v>
+        <v>130.6</v>
       </c>
       <c r="K20" s="7">
-        <v>199.7</v>
+        <v>200.4</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="B21" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C21" s="7">
-        <v>163</v>
+        <v>163.4</v>
       </c>
       <c r="D21" s="7">
-        <v>190.5</v>
+        <v>194.5</v>
       </c>
       <c r="E21" s="7">
-        <v>186.7</v>
+        <v>186.9</v>
       </c>
       <c r="F21" s="7">
-        <v>131.7</v>
+        <v>132.4</v>
       </c>
       <c r="G21" s="7">
-        <v>92.90000000000001</v>
+        <v>94.2</v>
       </c>
       <c r="H21" s="7">
-        <v>173.6</v>
+        <v>170.5</v>
       </c>
       <c r="I21" s="7">
-        <v>151.9</v>
+        <v>152.8</v>
       </c>
       <c r="J21" s="7">
-        <v>129.6</v>
+        <v>128.4</v>
       </c>
       <c r="K21" s="7">
-        <v>195.2</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="B22" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C22" s="7">
-        <v>161.3</v>
+        <v>163.5</v>
       </c>
       <c r="D22" s="7">
+        <v>193.8</v>
+      </c>
+      <c r="E22" s="7">
         <v>187</v>
       </c>
-      <c r="E22" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="F22" s="7">
-        <v>130.5</v>
+        <v>131.3</v>
       </c>
       <c r="G22" s="7">
-        <v>91.40000000000001</v>
+        <v>94.40000000000001</v>
       </c>
       <c r="H22" s="7">
         <v>173.1</v>
       </c>
       <c r="I22" s="7">
-        <v>151.1</v>
+        <v>152</v>
       </c>
       <c r="J22" s="7">
-        <v>125.3</v>
+        <v>128.6</v>
       </c>
       <c r="K22" s="7">
-        <v>192.3</v>
+        <v>199.7</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11">
+      <c r="B23" t="s">
+        <v>52</v>
+      </c>
+      <c r="C23" s="7">
+        <v>163</v>
+      </c>
+      <c r="D23" s="7">
+        <v>190.5</v>
+      </c>
+      <c r="E23" s="7">
+        <v>186.7</v>
+      </c>
+      <c r="F23" s="7">
+        <v>131.7</v>
+      </c>
+      <c r="G23" s="7">
+        <v>92.90000000000001</v>
+      </c>
+      <c r="H23" s="7">
+        <v>173.6</v>
+      </c>
+      <c r="I23" s="7">
+        <v>151.9</v>
+      </c>
+      <c r="J23" s="7">
+        <v>129.6</v>
+      </c>
+      <c r="K23" s="7">
+        <v>195.2</v>
       </c>
     </row>
     <row r="24" spans="1:11">
-      <c r="A24">
-[...1 lines deleted...]
-      </c>
       <c r="B24" t="s">
         <v>41</v>
       </c>
       <c r="C24" s="7">
-        <v>161.2</v>
+        <v>161.3</v>
       </c>
       <c r="D24" s="7">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="E24" s="7">
-        <v>185.8</v>
+        <v>186.4</v>
       </c>
       <c r="F24" s="7">
-        <v>128.6</v>
+        <v>130.5</v>
       </c>
       <c r="G24" s="7">
         <v>91.40000000000001</v>
       </c>
       <c r="H24" s="7">
-        <v>173.4</v>
+        <v>173.1</v>
       </c>
       <c r="I24" s="7">
-        <v>151.3</v>
+        <v>151.1</v>
       </c>
       <c r="J24" s="7">
-        <v>126</v>
+        <v>125.3</v>
       </c>
       <c r="K24" s="7">
-        <v>193.5</v>
+        <v>192.3</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B27" s="8"/>
       <c r="C27" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D27" s="9"/>
       <c r="E27" s="9"/>
       <c r="F27" s="9"/>
       <c r="G27" s="9"/>
       <c r="H27" s="9"/>
       <c r="I27" s="9"/>
       <c r="J27" s="9"/>
       <c r="K27" s="9"/>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="2">
         <v>2025</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="10">