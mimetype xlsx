--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -130,84 +130,84 @@
   <si>
     <t>(V1446859941)</t>
   </si>
   <si>
     <t>(V1446859880)</t>
   </si>
   <si>
     <t>(V1446859788)</t>
   </si>
   <si>
     <t>(V1446859666)</t>
   </si>
   <si>
     <t>(V1446859635)</t>
   </si>
   <si>
     <t>(V1446859604)</t>
   </si>
   <si>
     <t>(V1446859573)</t>
   </si>
   <si>
     <t>(V1446859542)</t>
   </si>
   <si>
+    <t>Aug</t>
+  </si>
+  <si>
     <t>Jul</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Dec</t>
   </si>
   <si>
     <t>Nov</t>
   </si>
   <si>
     <t>Oct</t>
   </si>
   <si>
     <t>Sep</t>
-  </si>
-[...1 lines deleted...]
-    <t>Aug</t>
   </si>
   <si>
     <t>Annual Totals</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_(* #,##0.0_);_(* (#,##0.0);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -792,686 +792,686 @@
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" s="2">
         <v>2025</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="8">
-        <v>73434.878</v>
+        <v>72539.057</v>
       </c>
       <c r="D8" s="8">
-        <v>87.43300000000001</v>
+        <v>82.334</v>
       </c>
       <c r="E8" s="8">
-        <v>61.74</v>
+        <v>62.246</v>
       </c>
       <c r="F8" s="8">
-        <v>114.288</v>
+        <v>115.543</v>
       </c>
       <c r="G8" s="8">
-        <v>10243.242</v>
+        <v>9921.59</v>
       </c>
       <c r="H8" s="8">
-        <v>9415.146000000001</v>
+        <v>9363.15</v>
       </c>
       <c r="I8" s="8">
-        <v>2304.352</v>
+        <v>2268.197</v>
       </c>
       <c r="J8" s="8">
-        <v>2519.592</v>
+        <v>2415.512</v>
       </c>
       <c r="K8" s="8">
-        <v>26947.954</v>
+        <v>26765.633</v>
       </c>
       <c r="L8" s="8">
-        <v>16612.734</v>
+        <v>16466.638</v>
       </c>
       <c r="M8" s="8">
-        <v>1690.811</v>
+        <v>1682.186</v>
       </c>
       <c r="N8" s="8">
-        <v>1973.445</v>
+        <v>1916.681</v>
       </c>
       <c r="O8" s="8">
-        <v>353.967</v>
+        <v>340.608</v>
       </c>
       <c r="P8" s="8">
-        <v>1110.176</v>
+        <v>1138.74</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" s="2"/>
       <c r="B9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C9" s="8">
-        <v>72686.79700000001</v>
+        <v>73449.431</v>
       </c>
       <c r="D9" s="8">
-        <v>85.03</v>
+        <v>88.788</v>
       </c>
       <c r="E9" s="8">
-        <v>57.861</v>
+        <v>60.617</v>
       </c>
       <c r="F9" s="8">
-        <v>108.725</v>
+        <v>115.191</v>
       </c>
       <c r="G9" s="8">
-        <v>9869.491</v>
+        <v>10211.214</v>
       </c>
       <c r="H9" s="8">
-        <v>9337.055</v>
+        <v>9399.52</v>
       </c>
       <c r="I9" s="8">
-        <v>2351.621</v>
+        <v>2298.069</v>
       </c>
       <c r="J9" s="8">
-        <v>2450.016</v>
+        <v>2498.282</v>
       </c>
       <c r="K9" s="8">
-        <v>27170.418</v>
+        <v>26956.52</v>
       </c>
       <c r="L9" s="8">
-        <v>16222.823</v>
+        <v>16684.17</v>
       </c>
       <c r="M9" s="8">
-        <v>1641.454</v>
+        <v>1693.636</v>
       </c>
       <c r="N9" s="8">
-        <v>1944.559</v>
+        <v>1963.765</v>
       </c>
       <c r="O9" s="8">
-        <v>329.944</v>
+        <v>354.087</v>
       </c>
       <c r="P9" s="8">
-        <v>1117.8</v>
+        <v>1125.571</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" s="2"/>
       <c r="B10" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="8">
-        <v>76285.34</v>
+        <v>72686.79700000001</v>
       </c>
       <c r="D10" s="8">
-        <v>85.95999999999999</v>
+        <v>85.03</v>
       </c>
       <c r="E10" s="8">
-        <v>64.44499999999999</v>
+        <v>57.861</v>
       </c>
       <c r="F10" s="8">
-        <v>107.766</v>
+        <v>108.725</v>
       </c>
       <c r="G10" s="8">
-        <v>10242.593</v>
+        <v>9869.491</v>
       </c>
       <c r="H10" s="8">
-        <v>9820.214</v>
+        <v>9337.055</v>
       </c>
       <c r="I10" s="8">
-        <v>2519.635</v>
+        <v>2351.621</v>
       </c>
       <c r="J10" s="8">
-        <v>2632.406</v>
+        <v>2450.016</v>
       </c>
       <c r="K10" s="8">
-        <v>28192.275</v>
+        <v>27170.418</v>
       </c>
       <c r="L10" s="8">
-        <v>17386.798</v>
+        <v>16222.823</v>
       </c>
       <c r="M10" s="8">
-        <v>1675.68</v>
+        <v>1641.454</v>
       </c>
       <c r="N10" s="8">
-        <v>2078.825</v>
+        <v>1944.559</v>
       </c>
       <c r="O10" s="8">
-        <v>337.014</v>
+        <v>329.944</v>
       </c>
       <c r="P10" s="8">
-        <v>1141.727</v>
+        <v>1117.8</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" s="2"/>
       <c r="B11" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="8">
-        <v>70822.70299999999</v>
+        <v>76285.34</v>
       </c>
       <c r="D11" s="8">
-        <v>86.97199999999999</v>
+        <v>85.95999999999999</v>
       </c>
       <c r="E11" s="8">
-        <v>69.974</v>
+        <v>64.44499999999999</v>
       </c>
       <c r="F11" s="8">
-        <v>97.66800000000001</v>
+        <v>107.766</v>
       </c>
       <c r="G11" s="8">
-        <v>9754.662</v>
+        <v>10242.593</v>
       </c>
       <c r="H11" s="8">
-        <v>8991.583000000001</v>
+        <v>9820.214</v>
       </c>
       <c r="I11" s="8">
-        <v>2284.835</v>
+        <v>2519.635</v>
       </c>
       <c r="J11" s="8">
-        <v>2412.116</v>
+        <v>2632.406</v>
       </c>
       <c r="K11" s="8">
-        <v>26285.961</v>
+        <v>28192.275</v>
       </c>
       <c r="L11" s="8">
-        <v>16076.788</v>
+        <v>17386.798</v>
       </c>
       <c r="M11" s="8">
-        <v>1547.777</v>
+        <v>1675.68</v>
       </c>
       <c r="N11" s="8">
-        <v>1877.354</v>
+        <v>2078.825</v>
       </c>
       <c r="O11" s="8">
-        <v>298.655</v>
+        <v>337.014</v>
       </c>
       <c r="P11" s="8">
-        <v>1038.358</v>
+        <v>1141.727</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" s="2"/>
       <c r="B12" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="8">
-        <v>66742.295</v>
+        <v>70822.70299999999</v>
       </c>
       <c r="D12" s="8">
-        <v>92.32599999999999</v>
+        <v>86.97199999999999</v>
       </c>
       <c r="E12" s="8">
-        <v>68.733</v>
+        <v>69.974</v>
       </c>
       <c r="F12" s="8">
-        <v>93.33799999999999</v>
+        <v>97.66800000000001</v>
       </c>
       <c r="G12" s="8">
-        <v>9207.924000000001</v>
+        <v>9754.662</v>
       </c>
       <c r="H12" s="8">
-        <v>8800.422</v>
+        <v>8991.583000000001</v>
       </c>
       <c r="I12" s="8">
-        <v>2140.676</v>
+        <v>2284.835</v>
       </c>
       <c r="J12" s="8">
-        <v>2307.462</v>
+        <v>2412.116</v>
       </c>
       <c r="K12" s="8">
-        <v>24982.045</v>
+        <v>26285.961</v>
       </c>
       <c r="L12" s="8">
-        <v>14507.916</v>
+        <v>16076.788</v>
       </c>
       <c r="M12" s="8">
-        <v>1466.544</v>
+        <v>1547.777</v>
       </c>
       <c r="N12" s="8">
-        <v>1816.005</v>
+        <v>1877.354</v>
       </c>
       <c r="O12" s="8">
-        <v>283.774</v>
+        <v>298.655</v>
       </c>
       <c r="P12" s="8">
-        <v>975.13</v>
+        <v>1038.358</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" s="2"/>
       <c r="B13" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="8">
-        <v>56837.475</v>
+        <v>66742.295</v>
       </c>
       <c r="D13" s="8">
-        <v>85.577</v>
+        <v>92.32599999999999</v>
       </c>
       <c r="E13" s="8">
-        <v>58.938</v>
+        <v>68.733</v>
       </c>
       <c r="F13" s="8">
-        <v>76.76900000000001</v>
+        <v>93.33799999999999</v>
       </c>
       <c r="G13" s="8">
-        <v>7917.333</v>
+        <v>9207.924000000001</v>
       </c>
       <c r="H13" s="8">
-        <v>7506.397</v>
+        <v>8800.422</v>
       </c>
       <c r="I13" s="8">
-        <v>1827.666</v>
+        <v>2140.676</v>
       </c>
       <c r="J13" s="8">
-        <v>1998.724</v>
+        <v>2307.462</v>
       </c>
       <c r="K13" s="8">
-        <v>21179.322</v>
+        <v>24982.045</v>
       </c>
       <c r="L13" s="8">
-        <v>12372.103</v>
+        <v>14507.916</v>
       </c>
       <c r="M13" s="8">
-        <v>1226.11</v>
+        <v>1466.544</v>
       </c>
       <c r="N13" s="8">
-        <v>1487.681</v>
+        <v>1816.005</v>
       </c>
       <c r="O13" s="8">
-        <v>238.137</v>
+        <v>283.774</v>
       </c>
       <c r="P13" s="8">
-        <v>862.7190000000001</v>
+        <v>975.13</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" s="2"/>
       <c r="B14" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="8">
-        <v>59851.047</v>
+        <v>56837.475</v>
       </c>
       <c r="D14" s="8">
-        <v>84.518</v>
+        <v>85.577</v>
       </c>
       <c r="E14" s="8">
-        <v>60.155</v>
+        <v>58.938</v>
       </c>
       <c r="F14" s="8">
-        <v>80.67100000000001</v>
+        <v>76.76900000000001</v>
       </c>
       <c r="G14" s="8">
-        <v>8491.487999999999</v>
+        <v>7917.333</v>
       </c>
       <c r="H14" s="8">
-        <v>7760.464</v>
+        <v>7506.397</v>
       </c>
       <c r="I14" s="8">
-        <v>1931.173</v>
+        <v>1827.666</v>
       </c>
       <c r="J14" s="8">
-        <v>2033.94</v>
+        <v>1998.724</v>
       </c>
       <c r="K14" s="8">
-        <v>22368.836</v>
+        <v>21179.322</v>
       </c>
       <c r="L14" s="8">
-        <v>12847.021</v>
+        <v>12372.103</v>
       </c>
       <c r="M14" s="8">
-        <v>1344.14</v>
+        <v>1226.11</v>
       </c>
       <c r="N14" s="8">
-        <v>1680.631</v>
+        <v>1487.681</v>
       </c>
       <c r="O14" s="8">
-        <v>258.804</v>
+        <v>238.137</v>
       </c>
       <c r="P14" s="8">
-        <v>909.206</v>
+        <v>862.7190000000001</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" s="2"/>
-      <c r="B15" s="2"/>
-[...13 lines deleted...]
-      <c r="P15" s="3"/>
+      <c r="B15" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C15" s="8">
+        <v>59851.047</v>
+      </c>
+      <c r="D15" s="8">
+        <v>84.518</v>
+      </c>
+      <c r="E15" s="8">
+        <v>60.155</v>
+      </c>
+      <c r="F15" s="8">
+        <v>80.67100000000001</v>
+      </c>
+      <c r="G15" s="8">
+        <v>8491.487999999999</v>
+      </c>
+      <c r="H15" s="8">
+        <v>7760.464</v>
+      </c>
+      <c r="I15" s="8">
+        <v>1931.173</v>
+      </c>
+      <c r="J15" s="8">
+        <v>2033.94</v>
+      </c>
+      <c r="K15" s="8">
+        <v>22368.836</v>
+      </c>
+      <c r="L15" s="8">
+        <v>12847.021</v>
+      </c>
+      <c r="M15" s="8">
+        <v>1344.14</v>
+      </c>
+      <c r="N15" s="8">
+        <v>1680.631</v>
+      </c>
+      <c r="O15" s="8">
+        <v>258.804</v>
+      </c>
+      <c r="P15" s="8">
+        <v>909.206</v>
+      </c>
     </row>
     <row r="16" spans="1:16">
-      <c r="A16" s="2">
+      <c r="A16" s="2"/>
+      <c r="B16" s="2"/>
+      <c r="C16" s="3"/>
+      <c r="D16" s="3"/>
+      <c r="E16" s="3"/>
+      <c r="F16" s="3"/>
+      <c r="G16" s="3"/>
+      <c r="H16" s="3"/>
+      <c r="I16" s="3"/>
+      <c r="J16" s="3"/>
+      <c r="K16" s="3"/>
+      <c r="L16" s="3"/>
+      <c r="M16" s="3"/>
+      <c r="N16" s="3"/>
+      <c r="O16" s="3"/>
+      <c r="P16" s="3"/>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" s="2">
         <v>2024</v>
       </c>
-      <c r="B16" s="2" t="s">
-[...46 lines deleted...]
-      <c r="A17" s="2"/>
       <c r="B17" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="8">
-        <v>70959.704</v>
+        <v>72004.93399999999</v>
       </c>
       <c r="D17" s="8">
-        <v>82.36799999999999</v>
+        <v>89.98</v>
       </c>
       <c r="E17" s="8">
-        <v>61.376</v>
+        <v>68.753</v>
       </c>
       <c r="F17" s="8">
-        <v>89.081</v>
+        <v>90.291</v>
       </c>
       <c r="G17" s="8">
-        <v>9541.203</v>
+        <v>9799.370000000001</v>
       </c>
       <c r="H17" s="8">
-        <v>8913.342000000001</v>
+        <v>9186.378000000001</v>
       </c>
       <c r="I17" s="8">
-        <v>2150.988</v>
+        <v>2196.035</v>
       </c>
       <c r="J17" s="8">
-        <v>2315.404</v>
+        <v>2436.894</v>
       </c>
       <c r="K17" s="8">
-        <v>27206.178</v>
+        <v>27505.605</v>
       </c>
       <c r="L17" s="8">
-        <v>15855.28</v>
+        <v>15759.666</v>
       </c>
       <c r="M17" s="8">
-        <v>1509.748</v>
+        <v>1546.735</v>
       </c>
       <c r="N17" s="8">
-        <v>1865.431</v>
+        <v>1909.503</v>
       </c>
       <c r="O17" s="8">
-        <v>282.561</v>
+        <v>298.084</v>
       </c>
       <c r="P17" s="8">
-        <v>1086.746</v>
+        <v>1117.64</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" s="2"/>
       <c r="B18" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="8">
-        <v>70975.43700000001</v>
+        <v>70959.704</v>
       </c>
       <c r="D18" s="8">
-        <v>87.408</v>
+        <v>82.36799999999999</v>
       </c>
       <c r="E18" s="8">
-        <v>60.428</v>
+        <v>61.376</v>
       </c>
       <c r="F18" s="8">
-        <v>97.544</v>
+        <v>89.081</v>
       </c>
       <c r="G18" s="8">
-        <v>9369.405000000001</v>
+        <v>9541.203</v>
       </c>
       <c r="H18" s="8">
-        <v>9290.791999999999</v>
+        <v>8913.342000000001</v>
       </c>
       <c r="I18" s="8">
-        <v>2255.649</v>
+        <v>2150.988</v>
       </c>
       <c r="J18" s="8">
-        <v>2428.669</v>
+        <v>2315.404</v>
       </c>
       <c r="K18" s="8">
-        <v>26311.784</v>
+        <v>27206.178</v>
       </c>
       <c r="L18" s="8">
-        <v>16214.351</v>
+        <v>15855.28</v>
       </c>
       <c r="M18" s="8">
-        <v>1545.484</v>
+        <v>1509.748</v>
       </c>
       <c r="N18" s="8">
-        <v>1929.192</v>
+        <v>1865.431</v>
       </c>
       <c r="O18" s="8">
-        <v>300.349</v>
+        <v>282.561</v>
       </c>
       <c r="P18" s="8">
-        <v>1084.383</v>
+        <v>1086.746</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" s="2"/>
       <c r="B19" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C19" s="8">
-        <v>66103.216</v>
+        <v>70975.43700000001</v>
       </c>
       <c r="D19" s="8">
-        <v>76.527</v>
+        <v>87.408</v>
       </c>
       <c r="E19" s="8">
-        <v>57.365</v>
+        <v>60.428</v>
       </c>
       <c r="F19" s="8">
-        <v>99.499</v>
+        <v>97.544</v>
       </c>
       <c r="G19" s="8">
-        <v>8908.343999999999</v>
+        <v>9369.405000000001</v>
       </c>
       <c r="H19" s="8">
-        <v>8585.804</v>
+        <v>9290.791999999999</v>
       </c>
       <c r="I19" s="8">
-        <v>2141.192</v>
+        <v>2255.649</v>
       </c>
       <c r="J19" s="8">
-        <v>2179.439</v>
+        <v>2428.669</v>
       </c>
       <c r="K19" s="8">
-        <v>24779.256</v>
+        <v>26311.784</v>
       </c>
       <c r="L19" s="8">
-        <v>14739.891</v>
+        <v>16214.351</v>
       </c>
       <c r="M19" s="8">
-        <v>1465.641</v>
+        <v>1545.484</v>
       </c>
       <c r="N19" s="8">
-        <v>1764.157</v>
+        <v>1929.192</v>
       </c>
       <c r="O19" s="8">
-        <v>292.718</v>
+        <v>300.349</v>
       </c>
       <c r="P19" s="8">
-        <v>1013.383</v>
+        <v>1084.383</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" s="2"/>
       <c r="B20" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="8">
-        <v>70185.675</v>
+        <v>66103.216</v>
       </c>
       <c r="D20" s="8">
-        <v>82.60299999999999</v>
+        <v>76.527</v>
       </c>
       <c r="E20" s="8">
-        <v>58.354</v>
+        <v>57.365</v>
       </c>
       <c r="F20" s="8">
-        <v>110.753</v>
+        <v>99.499</v>
       </c>
       <c r="G20" s="8">
-        <v>9429.605</v>
+        <v>8908.343999999999</v>
       </c>
       <c r="H20" s="8">
-        <v>9003.244000000001</v>
+        <v>8585.804</v>
       </c>
       <c r="I20" s="8">
-        <v>2277.025</v>
+        <v>2141.192</v>
       </c>
       <c r="J20" s="8">
-        <v>2410.101</v>
+        <v>2179.439</v>
       </c>
       <c r="K20" s="8">
-        <v>25866.622</v>
+        <v>24779.256</v>
       </c>
       <c r="L20" s="8">
-        <v>15891.175</v>
+        <v>14739.891</v>
       </c>
       <c r="M20" s="8">
-        <v>1635.191</v>
+        <v>1465.641</v>
       </c>
       <c r="N20" s="8">
-        <v>1937.807</v>
+        <v>1764.157</v>
       </c>
       <c r="O20" s="8">
-        <v>341.58</v>
+        <v>292.718</v>
       </c>
       <c r="P20" s="8">
-        <v>1141.615</v>
+        <v>1013.383</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" s="2"/>
       <c r="B21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="8">
-        <v>70042.314</v>
+        <v>70185.675</v>
       </c>
       <c r="D21" s="8">
-        <v>84.869</v>
+        <v>82.60299999999999</v>
       </c>
       <c r="E21" s="8">
-        <v>55.61</v>
+        <v>58.354</v>
       </c>
       <c r="F21" s="8">
-        <v>116.236</v>
+        <v>110.753</v>
       </c>
       <c r="G21" s="8">
-        <v>9469.023999999999</v>
+        <v>9429.605</v>
       </c>
       <c r="H21" s="8">
-        <v>9149.616</v>
+        <v>9003.244000000001</v>
       </c>
       <c r="I21" s="8">
-        <v>2311.693</v>
+        <v>2277.025</v>
       </c>
       <c r="J21" s="8">
-        <v>2397.745</v>
+        <v>2410.101</v>
       </c>
       <c r="K21" s="8">
-        <v>25576.766</v>
+        <v>25866.622</v>
       </c>
       <c r="L21" s="8">
-        <v>15892.834</v>
+        <v>15891.175</v>
       </c>
       <c r="M21" s="8">
-        <v>1608.189</v>
+        <v>1635.191</v>
       </c>
       <c r="N21" s="8">
-        <v>1899.316</v>
+        <v>1937.807</v>
       </c>
       <c r="O21" s="8">
-        <v>335.291</v>
+        <v>341.58</v>
       </c>
       <c r="P21" s="8">
-        <v>1145.125</v>
+        <v>1141.615</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
       <c r="O22" s="3"/>
       <c r="P22" s="3"/>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" s="5" t="s">
         <v>43</v>
       </c>
       <c r="B23" s="5"/>