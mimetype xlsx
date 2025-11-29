--- v1 (2025-11-09)
+++ v2 (2025-11-29)
@@ -130,84 +130,84 @@
   <si>
     <t>(V1446859941)</t>
   </si>
   <si>
     <t>(V1446859880)</t>
   </si>
   <si>
     <t>(V1446859788)</t>
   </si>
   <si>
     <t>(V1446859666)</t>
   </si>
   <si>
     <t>(V1446859635)</t>
   </si>
   <si>
     <t>(V1446859604)</t>
   </si>
   <si>
     <t>(V1446859573)</t>
   </si>
   <si>
     <t>(V1446859542)</t>
   </si>
   <si>
+    <t>Sep</t>
+  </si>
+  <si>
     <t>Aug</t>
   </si>
   <si>
     <t>Jul</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Dec</t>
   </si>
   <si>
     <t>Nov</t>
   </si>
   <si>
     <t>Oct</t>
-  </si>
-[...1 lines deleted...]
-    <t>Sep</t>
   </si>
   <si>
     <t>Annual Totals</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_(* #,##0.0_);_(* (#,##0.0);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -792,686 +792,686 @@
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" s="2">
         <v>2025</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="8">
-        <v>72539.057</v>
+        <v>69500.204</v>
       </c>
       <c r="D8" s="8">
-        <v>82.334</v>
+        <v>76.38200000000001</v>
       </c>
       <c r="E8" s="8">
-        <v>62.246</v>
+        <v>61.346</v>
       </c>
       <c r="F8" s="8">
-        <v>115.543</v>
+        <v>104.771</v>
       </c>
       <c r="G8" s="8">
-        <v>9921.59</v>
+        <v>9405.925999999999</v>
       </c>
       <c r="H8" s="8">
-        <v>9363.15</v>
+        <v>9062.879999999999</v>
       </c>
       <c r="I8" s="8">
-        <v>2268.197</v>
+        <v>2186.458</v>
       </c>
       <c r="J8" s="8">
-        <v>2415.512</v>
+        <v>2317.033</v>
       </c>
       <c r="K8" s="8">
-        <v>26765.633</v>
+        <v>25893.047</v>
       </c>
       <c r="L8" s="8">
-        <v>16466.638</v>
+        <v>15665.453</v>
       </c>
       <c r="M8" s="8">
-        <v>1682.186</v>
+        <v>1521.603</v>
       </c>
       <c r="N8" s="8">
-        <v>1916.681</v>
+        <v>1862.452</v>
       </c>
       <c r="O8" s="8">
-        <v>340.608</v>
+        <v>305.843</v>
       </c>
       <c r="P8" s="8">
-        <v>1138.74</v>
+        <v>1037.011</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" s="2"/>
       <c r="B9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C9" s="8">
-        <v>73449.431</v>
+        <v>72629.605</v>
       </c>
       <c r="D9" s="8">
-        <v>88.788</v>
+        <v>82.03100000000001</v>
       </c>
       <c r="E9" s="8">
-        <v>60.617</v>
+        <v>62.605</v>
       </c>
       <c r="F9" s="8">
-        <v>115.191</v>
+        <v>113.603</v>
       </c>
       <c r="G9" s="8">
-        <v>10211.214</v>
+        <v>9932.41</v>
       </c>
       <c r="H9" s="8">
-        <v>9399.52</v>
+        <v>9338.726000000001</v>
       </c>
       <c r="I9" s="8">
-        <v>2298.069</v>
+        <v>2269.969</v>
       </c>
       <c r="J9" s="8">
-        <v>2498.282</v>
+        <v>2423.197</v>
       </c>
       <c r="K9" s="8">
-        <v>26956.52</v>
+        <v>26798.348</v>
       </c>
       <c r="L9" s="8">
-        <v>16684.17</v>
+        <v>16531.989</v>
       </c>
       <c r="M9" s="8">
-        <v>1693.636</v>
+        <v>1685.398</v>
       </c>
       <c r="N9" s="8">
-        <v>1963.765</v>
+        <v>1923.08</v>
       </c>
       <c r="O9" s="8">
-        <v>354.087</v>
+        <v>340.102</v>
       </c>
       <c r="P9" s="8">
-        <v>1125.571</v>
+        <v>1128.147</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" s="2"/>
       <c r="B10" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="8">
-        <v>72686.79700000001</v>
+        <v>73449.431</v>
       </c>
       <c r="D10" s="8">
-        <v>85.03</v>
+        <v>88.788</v>
       </c>
       <c r="E10" s="8">
-        <v>57.861</v>
+        <v>60.617</v>
       </c>
       <c r="F10" s="8">
-        <v>108.725</v>
+        <v>115.191</v>
       </c>
       <c r="G10" s="8">
-        <v>9869.491</v>
+        <v>10211.214</v>
       </c>
       <c r="H10" s="8">
-        <v>9337.055</v>
+        <v>9399.52</v>
       </c>
       <c r="I10" s="8">
-        <v>2351.621</v>
+        <v>2298.069</v>
       </c>
       <c r="J10" s="8">
-        <v>2450.016</v>
+        <v>2498.282</v>
       </c>
       <c r="K10" s="8">
-        <v>27170.418</v>
+        <v>26956.52</v>
       </c>
       <c r="L10" s="8">
-        <v>16222.823</v>
+        <v>16684.17</v>
       </c>
       <c r="M10" s="8">
-        <v>1641.454</v>
+        <v>1693.636</v>
       </c>
       <c r="N10" s="8">
-        <v>1944.559</v>
+        <v>1963.765</v>
       </c>
       <c r="O10" s="8">
-        <v>329.944</v>
+        <v>354.087</v>
       </c>
       <c r="P10" s="8">
-        <v>1117.8</v>
+        <v>1125.571</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" s="2"/>
       <c r="B11" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="8">
-        <v>76285.34</v>
+        <v>72686.79700000001</v>
       </c>
       <c r="D11" s="8">
-        <v>85.95999999999999</v>
+        <v>85.03</v>
       </c>
       <c r="E11" s="8">
-        <v>64.44499999999999</v>
+        <v>57.861</v>
       </c>
       <c r="F11" s="8">
-        <v>107.766</v>
+        <v>108.725</v>
       </c>
       <c r="G11" s="8">
-        <v>10242.593</v>
+        <v>9869.491</v>
       </c>
       <c r="H11" s="8">
-        <v>9820.214</v>
+        <v>9337.055</v>
       </c>
       <c r="I11" s="8">
-        <v>2519.635</v>
+        <v>2351.621</v>
       </c>
       <c r="J11" s="8">
-        <v>2632.406</v>
+        <v>2450.016</v>
       </c>
       <c r="K11" s="8">
-        <v>28192.275</v>
+        <v>27170.418</v>
       </c>
       <c r="L11" s="8">
-        <v>17386.798</v>
+        <v>16222.823</v>
       </c>
       <c r="M11" s="8">
-        <v>1675.68</v>
+        <v>1641.454</v>
       </c>
       <c r="N11" s="8">
-        <v>2078.825</v>
+        <v>1944.559</v>
       </c>
       <c r="O11" s="8">
-        <v>337.014</v>
+        <v>329.944</v>
       </c>
       <c r="P11" s="8">
-        <v>1141.727</v>
+        <v>1117.8</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" s="2"/>
       <c r="B12" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="8">
-        <v>70822.70299999999</v>
+        <v>76285.34</v>
       </c>
       <c r="D12" s="8">
-        <v>86.97199999999999</v>
+        <v>85.95999999999999</v>
       </c>
       <c r="E12" s="8">
-        <v>69.974</v>
+        <v>64.44499999999999</v>
       </c>
       <c r="F12" s="8">
-        <v>97.66800000000001</v>
+        <v>107.766</v>
       </c>
       <c r="G12" s="8">
-        <v>9754.662</v>
+        <v>10242.593</v>
       </c>
       <c r="H12" s="8">
-        <v>8991.583000000001</v>
+        <v>9820.214</v>
       </c>
       <c r="I12" s="8">
-        <v>2284.835</v>
+        <v>2519.635</v>
       </c>
       <c r="J12" s="8">
-        <v>2412.116</v>
+        <v>2632.406</v>
       </c>
       <c r="K12" s="8">
-        <v>26285.961</v>
+        <v>28192.275</v>
       </c>
       <c r="L12" s="8">
-        <v>16076.788</v>
+        <v>17386.798</v>
       </c>
       <c r="M12" s="8">
-        <v>1547.777</v>
+        <v>1675.68</v>
       </c>
       <c r="N12" s="8">
-        <v>1877.354</v>
+        <v>2078.825</v>
       </c>
       <c r="O12" s="8">
-        <v>298.655</v>
+        <v>337.014</v>
       </c>
       <c r="P12" s="8">
-        <v>1038.358</v>
+        <v>1141.727</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" s="2"/>
       <c r="B13" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="8">
-        <v>66742.295</v>
+        <v>70822.70299999999</v>
       </c>
       <c r="D13" s="8">
-        <v>92.32599999999999</v>
+        <v>86.97199999999999</v>
       </c>
       <c r="E13" s="8">
-        <v>68.733</v>
+        <v>69.974</v>
       </c>
       <c r="F13" s="8">
-        <v>93.33799999999999</v>
+        <v>97.66800000000001</v>
       </c>
       <c r="G13" s="8">
-        <v>9207.924000000001</v>
+        <v>9754.662</v>
       </c>
       <c r="H13" s="8">
-        <v>8800.422</v>
+        <v>8991.583000000001</v>
       </c>
       <c r="I13" s="8">
-        <v>2140.676</v>
+        <v>2284.835</v>
       </c>
       <c r="J13" s="8">
-        <v>2307.462</v>
+        <v>2412.116</v>
       </c>
       <c r="K13" s="8">
-        <v>24982.045</v>
+        <v>26285.961</v>
       </c>
       <c r="L13" s="8">
-        <v>14507.916</v>
+        <v>16076.788</v>
       </c>
       <c r="M13" s="8">
-        <v>1466.544</v>
+        <v>1547.777</v>
       </c>
       <c r="N13" s="8">
-        <v>1816.005</v>
+        <v>1877.354</v>
       </c>
       <c r="O13" s="8">
-        <v>283.774</v>
+        <v>298.655</v>
       </c>
       <c r="P13" s="8">
-        <v>975.13</v>
+        <v>1038.358</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" s="2"/>
       <c r="B14" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="8">
-        <v>56837.475</v>
+        <v>66742.295</v>
       </c>
       <c r="D14" s="8">
-        <v>85.577</v>
+        <v>92.32599999999999</v>
       </c>
       <c r="E14" s="8">
-        <v>58.938</v>
+        <v>68.733</v>
       </c>
       <c r="F14" s="8">
-        <v>76.76900000000001</v>
+        <v>93.33799999999999</v>
       </c>
       <c r="G14" s="8">
-        <v>7917.333</v>
+        <v>9207.924000000001</v>
       </c>
       <c r="H14" s="8">
-        <v>7506.397</v>
+        <v>8800.422</v>
       </c>
       <c r="I14" s="8">
-        <v>1827.666</v>
+        <v>2140.676</v>
       </c>
       <c r="J14" s="8">
-        <v>1998.724</v>
+        <v>2307.462</v>
       </c>
       <c r="K14" s="8">
-        <v>21179.322</v>
+        <v>24982.045</v>
       </c>
       <c r="L14" s="8">
-        <v>12372.103</v>
+        <v>14507.916</v>
       </c>
       <c r="M14" s="8">
-        <v>1226.11</v>
+        <v>1466.544</v>
       </c>
       <c r="N14" s="8">
-        <v>1487.681</v>
+        <v>1816.005</v>
       </c>
       <c r="O14" s="8">
-        <v>238.137</v>
+        <v>283.774</v>
       </c>
       <c r="P14" s="8">
-        <v>862.7190000000001</v>
+        <v>975.13</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" s="2"/>
       <c r="B15" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="8">
-        <v>59851.047</v>
+        <v>56837.475</v>
       </c>
       <c r="D15" s="8">
-        <v>84.518</v>
+        <v>85.577</v>
       </c>
       <c r="E15" s="8">
-        <v>60.155</v>
+        <v>58.938</v>
       </c>
       <c r="F15" s="8">
-        <v>80.67100000000001</v>
+        <v>76.76900000000001</v>
       </c>
       <c r="G15" s="8">
-        <v>8491.487999999999</v>
+        <v>7917.333</v>
       </c>
       <c r="H15" s="8">
-        <v>7760.464</v>
+        <v>7506.397</v>
       </c>
       <c r="I15" s="8">
-        <v>1931.173</v>
+        <v>1827.666</v>
       </c>
       <c r="J15" s="8">
-        <v>2033.94</v>
+        <v>1998.724</v>
       </c>
       <c r="K15" s="8">
-        <v>22368.836</v>
+        <v>21179.322</v>
       </c>
       <c r="L15" s="8">
-        <v>12847.021</v>
+        <v>12372.103</v>
       </c>
       <c r="M15" s="8">
-        <v>1344.14</v>
+        <v>1226.11</v>
       </c>
       <c r="N15" s="8">
-        <v>1680.631</v>
+        <v>1487.681</v>
       </c>
       <c r="O15" s="8">
-        <v>258.804</v>
+        <v>238.137</v>
       </c>
       <c r="P15" s="8">
-        <v>909.206</v>
+        <v>862.7190000000001</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" s="2"/>
-      <c r="B16" s="2"/>
-[...13 lines deleted...]
-      <c r="P16" s="3"/>
+      <c r="B16" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C16" s="8">
+        <v>59851.047</v>
+      </c>
+      <c r="D16" s="8">
+        <v>84.518</v>
+      </c>
+      <c r="E16" s="8">
+        <v>60.155</v>
+      </c>
+      <c r="F16" s="8">
+        <v>80.67100000000001</v>
+      </c>
+      <c r="G16" s="8">
+        <v>8491.487999999999</v>
+      </c>
+      <c r="H16" s="8">
+        <v>7760.464</v>
+      </c>
+      <c r="I16" s="8">
+        <v>1931.173</v>
+      </c>
+      <c r="J16" s="8">
+        <v>2033.94</v>
+      </c>
+      <c r="K16" s="8">
+        <v>22368.836</v>
+      </c>
+      <c r="L16" s="8">
+        <v>12847.021</v>
+      </c>
+      <c r="M16" s="8">
+        <v>1344.14</v>
+      </c>
+      <c r="N16" s="8">
+        <v>1680.631</v>
+      </c>
+      <c r="O16" s="8">
+        <v>258.804</v>
+      </c>
+      <c r="P16" s="8">
+        <v>909.206</v>
+      </c>
     </row>
     <row r="17" spans="1:16">
-      <c r="A17" s="2">
+      <c r="A17" s="2"/>
+      <c r="B17" s="2"/>
+      <c r="C17" s="3"/>
+      <c r="D17" s="3"/>
+      <c r="E17" s="3"/>
+      <c r="F17" s="3"/>
+      <c r="G17" s="3"/>
+      <c r="H17" s="3"/>
+      <c r="I17" s="3"/>
+      <c r="J17" s="3"/>
+      <c r="K17" s="3"/>
+      <c r="L17" s="3"/>
+      <c r="M17" s="3"/>
+      <c r="N17" s="3"/>
+      <c r="O17" s="3"/>
+      <c r="P17" s="3"/>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" s="2">
         <v>2024</v>
       </c>
-      <c r="B17" s="2" t="s">
-[...46 lines deleted...]
-      <c r="A18" s="2"/>
       <c r="B18" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="8">
-        <v>70959.704</v>
+        <v>72004.93399999999</v>
       </c>
       <c r="D18" s="8">
-        <v>82.36799999999999</v>
+        <v>89.98</v>
       </c>
       <c r="E18" s="8">
-        <v>61.376</v>
+        <v>68.753</v>
       </c>
       <c r="F18" s="8">
-        <v>89.081</v>
+        <v>90.291</v>
       </c>
       <c r="G18" s="8">
-        <v>9541.203</v>
+        <v>9799.370000000001</v>
       </c>
       <c r="H18" s="8">
-        <v>8913.342000000001</v>
+        <v>9186.378000000001</v>
       </c>
       <c r="I18" s="8">
-        <v>2150.988</v>
+        <v>2196.035</v>
       </c>
       <c r="J18" s="8">
-        <v>2315.404</v>
+        <v>2436.894</v>
       </c>
       <c r="K18" s="8">
-        <v>27206.178</v>
+        <v>27505.605</v>
       </c>
       <c r="L18" s="8">
-        <v>15855.28</v>
+        <v>15759.666</v>
       </c>
       <c r="M18" s="8">
-        <v>1509.748</v>
+        <v>1546.735</v>
       </c>
       <c r="N18" s="8">
-        <v>1865.431</v>
+        <v>1909.503</v>
       </c>
       <c r="O18" s="8">
-        <v>282.561</v>
+        <v>298.084</v>
       </c>
       <c r="P18" s="8">
-        <v>1086.746</v>
+        <v>1117.64</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" s="2"/>
       <c r="B19" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C19" s="8">
-        <v>70975.43700000001</v>
+        <v>70959.704</v>
       </c>
       <c r="D19" s="8">
-        <v>87.408</v>
+        <v>82.36799999999999</v>
       </c>
       <c r="E19" s="8">
-        <v>60.428</v>
+        <v>61.376</v>
       </c>
       <c r="F19" s="8">
-        <v>97.544</v>
+        <v>89.081</v>
       </c>
       <c r="G19" s="8">
-        <v>9369.405000000001</v>
+        <v>9541.203</v>
       </c>
       <c r="H19" s="8">
-        <v>9290.791999999999</v>
+        <v>8913.342000000001</v>
       </c>
       <c r="I19" s="8">
-        <v>2255.649</v>
+        <v>2150.988</v>
       </c>
       <c r="J19" s="8">
-        <v>2428.669</v>
+        <v>2315.404</v>
       </c>
       <c r="K19" s="8">
-        <v>26311.784</v>
+        <v>27206.178</v>
       </c>
       <c r="L19" s="8">
-        <v>16214.351</v>
+        <v>15855.28</v>
       </c>
       <c r="M19" s="8">
-        <v>1545.484</v>
+        <v>1509.748</v>
       </c>
       <c r="N19" s="8">
-        <v>1929.192</v>
+        <v>1865.431</v>
       </c>
       <c r="O19" s="8">
-        <v>300.349</v>
+        <v>282.561</v>
       </c>
       <c r="P19" s="8">
-        <v>1084.383</v>
+        <v>1086.746</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" s="2"/>
       <c r="B20" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="8">
-        <v>66103.216</v>
+        <v>70975.43700000001</v>
       </c>
       <c r="D20" s="8">
-        <v>76.527</v>
+        <v>87.408</v>
       </c>
       <c r="E20" s="8">
-        <v>57.365</v>
+        <v>60.428</v>
       </c>
       <c r="F20" s="8">
-        <v>99.499</v>
+        <v>97.544</v>
       </c>
       <c r="G20" s="8">
-        <v>8908.343999999999</v>
+        <v>9369.405000000001</v>
       </c>
       <c r="H20" s="8">
-        <v>8585.804</v>
+        <v>9290.791999999999</v>
       </c>
       <c r="I20" s="8">
-        <v>2141.192</v>
+        <v>2255.649</v>
       </c>
       <c r="J20" s="8">
-        <v>2179.439</v>
+        <v>2428.669</v>
       </c>
       <c r="K20" s="8">
-        <v>24779.256</v>
+        <v>26311.784</v>
       </c>
       <c r="L20" s="8">
-        <v>14739.891</v>
+        <v>16214.351</v>
       </c>
       <c r="M20" s="8">
-        <v>1465.641</v>
+        <v>1545.484</v>
       </c>
       <c r="N20" s="8">
-        <v>1764.157</v>
+        <v>1929.192</v>
       </c>
       <c r="O20" s="8">
-        <v>292.718</v>
+        <v>300.349</v>
       </c>
       <c r="P20" s="8">
-        <v>1013.383</v>
+        <v>1084.383</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" s="2"/>
       <c r="B21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="8">
-        <v>70185.675</v>
+        <v>66103.216</v>
       </c>
       <c r="D21" s="8">
-        <v>82.60299999999999</v>
+        <v>76.527</v>
       </c>
       <c r="E21" s="8">
-        <v>58.354</v>
+        <v>57.365</v>
       </c>
       <c r="F21" s="8">
-        <v>110.753</v>
+        <v>99.499</v>
       </c>
       <c r="G21" s="8">
-        <v>9429.605</v>
+        <v>8908.343999999999</v>
       </c>
       <c r="H21" s="8">
-        <v>9003.244000000001</v>
+        <v>8585.804</v>
       </c>
       <c r="I21" s="8">
-        <v>2277.025</v>
+        <v>2141.192</v>
       </c>
       <c r="J21" s="8">
-        <v>2410.101</v>
+        <v>2179.439</v>
       </c>
       <c r="K21" s="8">
-        <v>25866.622</v>
+        <v>24779.256</v>
       </c>
       <c r="L21" s="8">
-        <v>15891.175</v>
+        <v>14739.891</v>
       </c>
       <c r="M21" s="8">
-        <v>1635.191</v>
+        <v>1465.641</v>
       </c>
       <c r="N21" s="8">
-        <v>1937.807</v>
+        <v>1764.157</v>
       </c>
       <c r="O21" s="8">
-        <v>341.58</v>
+        <v>292.718</v>
       </c>
       <c r="P21" s="8">
-        <v>1141.615</v>
+        <v>1013.383</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
       <c r="O22" s="3"/>
       <c r="P22" s="3"/>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" s="5" t="s">
         <v>43</v>
       </c>
       <c r="B23" s="5"/>