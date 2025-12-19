--- v2 (2025-11-29)
+++ v3 (2025-12-19)
@@ -130,84 +130,84 @@
   <si>
     <t>(V1446859941)</t>
   </si>
   <si>
     <t>(V1446859880)</t>
   </si>
   <si>
     <t>(V1446859788)</t>
   </si>
   <si>
     <t>(V1446859666)</t>
   </si>
   <si>
     <t>(V1446859635)</t>
   </si>
   <si>
     <t>(V1446859604)</t>
   </si>
   <si>
     <t>(V1446859573)</t>
   </si>
   <si>
     <t>(V1446859542)</t>
   </si>
   <si>
+    <t>Oct</t>
+  </si>
+  <si>
     <t>Sep</t>
   </si>
   <si>
     <t>Aug</t>
   </si>
   <si>
     <t>Jul</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Dec</t>
   </si>
   <si>
     <t>Nov</t>
-  </si>
-[...1 lines deleted...]
-    <t>Oct</t>
   </si>
   <si>
     <t>Annual Totals</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_(* #,##0.0_);_(* (#,##0.0);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -792,686 +792,686 @@
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" s="2">
         <v>2025</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="8">
-        <v>69500.204</v>
+        <v>72453.802</v>
       </c>
       <c r="D8" s="8">
-        <v>76.38200000000001</v>
+        <v>78.334</v>
       </c>
       <c r="E8" s="8">
-        <v>61.346</v>
+        <v>67.151</v>
       </c>
       <c r="F8" s="8">
-        <v>104.771</v>
+        <v>104.18</v>
       </c>
       <c r="G8" s="8">
-        <v>9405.925999999999</v>
+        <v>9633.453</v>
       </c>
       <c r="H8" s="8">
-        <v>9062.879999999999</v>
+        <v>9396.83</v>
       </c>
       <c r="I8" s="8">
-        <v>2186.458</v>
+        <v>2280.183</v>
       </c>
       <c r="J8" s="8">
-        <v>2317.033</v>
+        <v>2453.156</v>
       </c>
       <c r="K8" s="8">
-        <v>25893.047</v>
+        <v>26799.181</v>
       </c>
       <c r="L8" s="8">
-        <v>15665.453</v>
+        <v>16574.992</v>
       </c>
       <c r="M8" s="8">
-        <v>1521.603</v>
+        <v>1652.892</v>
       </c>
       <c r="N8" s="8">
-        <v>1862.452</v>
+        <v>1973.7</v>
       </c>
       <c r="O8" s="8">
-        <v>305.843</v>
+        <v>314.328</v>
       </c>
       <c r="P8" s="8">
-        <v>1037.011</v>
+        <v>1125.422</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" s="2"/>
       <c r="B9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C9" s="8">
-        <v>72629.605</v>
+        <v>69497.08100000001</v>
       </c>
       <c r="D9" s="8">
-        <v>82.03100000000001</v>
+        <v>74.405</v>
       </c>
       <c r="E9" s="8">
-        <v>62.605</v>
+        <v>61.789</v>
       </c>
       <c r="F9" s="8">
-        <v>113.603</v>
+        <v>104.726</v>
       </c>
       <c r="G9" s="8">
-        <v>9932.41</v>
+        <v>9405.173000000001</v>
       </c>
       <c r="H9" s="8">
-        <v>9338.726000000001</v>
+        <v>9059.826999999999</v>
       </c>
       <c r="I9" s="8">
-        <v>2269.969</v>
+        <v>2170.733</v>
       </c>
       <c r="J9" s="8">
-        <v>2423.197</v>
+        <v>2328.57</v>
       </c>
       <c r="K9" s="8">
-        <v>26798.348</v>
+        <v>25906.579</v>
       </c>
       <c r="L9" s="8">
-        <v>16531.989</v>
+        <v>15645.237</v>
       </c>
       <c r="M9" s="8">
-        <v>1685.398</v>
+        <v>1518.426</v>
       </c>
       <c r="N9" s="8">
-        <v>1923.08</v>
+        <v>1863.168</v>
       </c>
       <c r="O9" s="8">
-        <v>340.102</v>
+        <v>306.519</v>
       </c>
       <c r="P9" s="8">
-        <v>1128.147</v>
+        <v>1051.929</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" s="2"/>
       <c r="B10" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="8">
-        <v>73449.431</v>
+        <v>72629.605</v>
       </c>
       <c r="D10" s="8">
-        <v>88.788</v>
+        <v>82.03100000000001</v>
       </c>
       <c r="E10" s="8">
-        <v>60.617</v>
+        <v>62.605</v>
       </c>
       <c r="F10" s="8">
-        <v>115.191</v>
+        <v>113.603</v>
       </c>
       <c r="G10" s="8">
-        <v>10211.214</v>
+        <v>9932.41</v>
       </c>
       <c r="H10" s="8">
-        <v>9399.52</v>
+        <v>9338.726000000001</v>
       </c>
       <c r="I10" s="8">
-        <v>2298.069</v>
+        <v>2269.969</v>
       </c>
       <c r="J10" s="8">
-        <v>2498.282</v>
+        <v>2423.197</v>
       </c>
       <c r="K10" s="8">
-        <v>26956.52</v>
+        <v>26798.348</v>
       </c>
       <c r="L10" s="8">
-        <v>16684.17</v>
+        <v>16531.989</v>
       </c>
       <c r="M10" s="8">
-        <v>1693.636</v>
+        <v>1685.398</v>
       </c>
       <c r="N10" s="8">
-        <v>1963.765</v>
+        <v>1923.08</v>
       </c>
       <c r="O10" s="8">
-        <v>354.087</v>
+        <v>340.102</v>
       </c>
       <c r="P10" s="8">
-        <v>1125.571</v>
+        <v>1128.147</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" s="2"/>
       <c r="B11" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="8">
-        <v>72686.79700000001</v>
+        <v>73449.431</v>
       </c>
       <c r="D11" s="8">
-        <v>85.03</v>
+        <v>88.788</v>
       </c>
       <c r="E11" s="8">
-        <v>57.861</v>
+        <v>60.617</v>
       </c>
       <c r="F11" s="8">
-        <v>108.725</v>
+        <v>115.191</v>
       </c>
       <c r="G11" s="8">
-        <v>9869.491</v>
+        <v>10211.214</v>
       </c>
       <c r="H11" s="8">
-        <v>9337.055</v>
+        <v>9399.52</v>
       </c>
       <c r="I11" s="8">
-        <v>2351.621</v>
+        <v>2298.069</v>
       </c>
       <c r="J11" s="8">
-        <v>2450.016</v>
+        <v>2498.282</v>
       </c>
       <c r="K11" s="8">
-        <v>27170.418</v>
+        <v>26956.52</v>
       </c>
       <c r="L11" s="8">
-        <v>16222.823</v>
+        <v>16684.17</v>
       </c>
       <c r="M11" s="8">
-        <v>1641.454</v>
+        <v>1693.636</v>
       </c>
       <c r="N11" s="8">
-        <v>1944.559</v>
+        <v>1963.765</v>
       </c>
       <c r="O11" s="8">
-        <v>329.944</v>
+        <v>354.087</v>
       </c>
       <c r="P11" s="8">
-        <v>1117.8</v>
+        <v>1125.571</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" s="2"/>
       <c r="B12" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="8">
-        <v>76285.34</v>
+        <v>72686.79700000001</v>
       </c>
       <c r="D12" s="8">
-        <v>85.95999999999999</v>
+        <v>85.03</v>
       </c>
       <c r="E12" s="8">
-        <v>64.44499999999999</v>
+        <v>57.861</v>
       </c>
       <c r="F12" s="8">
-        <v>107.766</v>
+        <v>108.725</v>
       </c>
       <c r="G12" s="8">
-        <v>10242.593</v>
+        <v>9869.491</v>
       </c>
       <c r="H12" s="8">
-        <v>9820.214</v>
+        <v>9337.055</v>
       </c>
       <c r="I12" s="8">
-        <v>2519.635</v>
+        <v>2351.621</v>
       </c>
       <c r="J12" s="8">
-        <v>2632.406</v>
+        <v>2450.016</v>
       </c>
       <c r="K12" s="8">
-        <v>28192.275</v>
+        <v>27170.418</v>
       </c>
       <c r="L12" s="8">
-        <v>17386.798</v>
+        <v>16222.823</v>
       </c>
       <c r="M12" s="8">
-        <v>1675.68</v>
+        <v>1641.454</v>
       </c>
       <c r="N12" s="8">
-        <v>2078.825</v>
+        <v>1944.559</v>
       </c>
       <c r="O12" s="8">
-        <v>337.014</v>
+        <v>329.944</v>
       </c>
       <c r="P12" s="8">
-        <v>1141.727</v>
+        <v>1117.8</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" s="2"/>
       <c r="B13" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="8">
-        <v>70822.70299999999</v>
+        <v>76285.34</v>
       </c>
       <c r="D13" s="8">
-        <v>86.97199999999999</v>
+        <v>85.95999999999999</v>
       </c>
       <c r="E13" s="8">
-        <v>69.974</v>
+        <v>64.44499999999999</v>
       </c>
       <c r="F13" s="8">
-        <v>97.66800000000001</v>
+        <v>107.766</v>
       </c>
       <c r="G13" s="8">
-        <v>9754.662</v>
+        <v>10242.593</v>
       </c>
       <c r="H13" s="8">
-        <v>8991.583000000001</v>
+        <v>9820.214</v>
       </c>
       <c r="I13" s="8">
-        <v>2284.835</v>
+        <v>2519.635</v>
       </c>
       <c r="J13" s="8">
-        <v>2412.116</v>
+        <v>2632.406</v>
       </c>
       <c r="K13" s="8">
-        <v>26285.961</v>
+        <v>28192.275</v>
       </c>
       <c r="L13" s="8">
-        <v>16076.788</v>
+        <v>17386.798</v>
       </c>
       <c r="M13" s="8">
-        <v>1547.777</v>
+        <v>1675.68</v>
       </c>
       <c r="N13" s="8">
-        <v>1877.354</v>
+        <v>2078.825</v>
       </c>
       <c r="O13" s="8">
-        <v>298.655</v>
+        <v>337.014</v>
       </c>
       <c r="P13" s="8">
-        <v>1038.358</v>
+        <v>1141.727</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" s="2"/>
       <c r="B14" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="8">
-        <v>66742.295</v>
+        <v>70822.70299999999</v>
       </c>
       <c r="D14" s="8">
-        <v>92.32599999999999</v>
+        <v>86.97199999999999</v>
       </c>
       <c r="E14" s="8">
-        <v>68.733</v>
+        <v>69.974</v>
       </c>
       <c r="F14" s="8">
-        <v>93.33799999999999</v>
+        <v>97.66800000000001</v>
       </c>
       <c r="G14" s="8">
-        <v>9207.924000000001</v>
+        <v>9754.662</v>
       </c>
       <c r="H14" s="8">
-        <v>8800.422</v>
+        <v>8991.583000000001</v>
       </c>
       <c r="I14" s="8">
-        <v>2140.676</v>
+        <v>2284.835</v>
       </c>
       <c r="J14" s="8">
-        <v>2307.462</v>
+        <v>2412.116</v>
       </c>
       <c r="K14" s="8">
-        <v>24982.045</v>
+        <v>26285.961</v>
       </c>
       <c r="L14" s="8">
-        <v>14507.916</v>
+        <v>16076.788</v>
       </c>
       <c r="M14" s="8">
-        <v>1466.544</v>
+        <v>1547.777</v>
       </c>
       <c r="N14" s="8">
-        <v>1816.005</v>
+        <v>1877.354</v>
       </c>
       <c r="O14" s="8">
-        <v>283.774</v>
+        <v>298.655</v>
       </c>
       <c r="P14" s="8">
-        <v>975.13</v>
+        <v>1038.358</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" s="2"/>
       <c r="B15" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="8">
-        <v>56837.475</v>
+        <v>66742.295</v>
       </c>
       <c r="D15" s="8">
-        <v>85.577</v>
+        <v>92.32599999999999</v>
       </c>
       <c r="E15" s="8">
-        <v>58.938</v>
+        <v>68.733</v>
       </c>
       <c r="F15" s="8">
-        <v>76.76900000000001</v>
+        <v>93.33799999999999</v>
       </c>
       <c r="G15" s="8">
-        <v>7917.333</v>
+        <v>9207.924000000001</v>
       </c>
       <c r="H15" s="8">
-        <v>7506.397</v>
+        <v>8800.422</v>
       </c>
       <c r="I15" s="8">
-        <v>1827.666</v>
+        <v>2140.676</v>
       </c>
       <c r="J15" s="8">
-        <v>1998.724</v>
+        <v>2307.462</v>
       </c>
       <c r="K15" s="8">
-        <v>21179.322</v>
+        <v>24982.045</v>
       </c>
       <c r="L15" s="8">
-        <v>12372.103</v>
+        <v>14507.916</v>
       </c>
       <c r="M15" s="8">
-        <v>1226.11</v>
+        <v>1466.544</v>
       </c>
       <c r="N15" s="8">
-        <v>1487.681</v>
+        <v>1816.005</v>
       </c>
       <c r="O15" s="8">
-        <v>238.137</v>
+        <v>283.774</v>
       </c>
       <c r="P15" s="8">
-        <v>862.7190000000001</v>
+        <v>975.13</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" s="2"/>
       <c r="B16" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="8">
-        <v>59851.047</v>
+        <v>56837.475</v>
       </c>
       <c r="D16" s="8">
-        <v>84.518</v>
+        <v>85.577</v>
       </c>
       <c r="E16" s="8">
-        <v>60.155</v>
+        <v>58.938</v>
       </c>
       <c r="F16" s="8">
-        <v>80.67100000000001</v>
+        <v>76.76900000000001</v>
       </c>
       <c r="G16" s="8">
-        <v>8491.487999999999</v>
+        <v>7917.333</v>
       </c>
       <c r="H16" s="8">
-        <v>7760.464</v>
+        <v>7506.397</v>
       </c>
       <c r="I16" s="8">
-        <v>1931.173</v>
+        <v>1827.666</v>
       </c>
       <c r="J16" s="8">
-        <v>2033.94</v>
+        <v>1998.724</v>
       </c>
       <c r="K16" s="8">
-        <v>22368.836</v>
+        <v>21179.322</v>
       </c>
       <c r="L16" s="8">
-        <v>12847.021</v>
+        <v>12372.103</v>
       </c>
       <c r="M16" s="8">
-        <v>1344.14</v>
+        <v>1226.11</v>
       </c>
       <c r="N16" s="8">
-        <v>1680.631</v>
+        <v>1487.681</v>
       </c>
       <c r="O16" s="8">
-        <v>258.804</v>
+        <v>238.137</v>
       </c>
       <c r="P16" s="8">
-        <v>909.206</v>
+        <v>862.7190000000001</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="2"/>
-      <c r="B17" s="2"/>
-[...13 lines deleted...]
-      <c r="P17" s="3"/>
+      <c r="B17" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C17" s="8">
+        <v>59851.047</v>
+      </c>
+      <c r="D17" s="8">
+        <v>84.518</v>
+      </c>
+      <c r="E17" s="8">
+        <v>60.155</v>
+      </c>
+      <c r="F17" s="8">
+        <v>80.67100000000001</v>
+      </c>
+      <c r="G17" s="8">
+        <v>8491.487999999999</v>
+      </c>
+      <c r="H17" s="8">
+        <v>7760.464</v>
+      </c>
+      <c r="I17" s="8">
+        <v>1931.173</v>
+      </c>
+      <c r="J17" s="8">
+        <v>2033.94</v>
+      </c>
+      <c r="K17" s="8">
+        <v>22368.836</v>
+      </c>
+      <c r="L17" s="8">
+        <v>12847.021</v>
+      </c>
+      <c r="M17" s="8">
+        <v>1344.14</v>
+      </c>
+      <c r="N17" s="8">
+        <v>1680.631</v>
+      </c>
+      <c r="O17" s="8">
+        <v>258.804</v>
+      </c>
+      <c r="P17" s="8">
+        <v>909.206</v>
+      </c>
     </row>
     <row r="18" spans="1:16">
-      <c r="A18" s="2">
+      <c r="A18" s="2"/>
+      <c r="B18" s="2"/>
+      <c r="C18" s="3"/>
+      <c r="D18" s="3"/>
+      <c r="E18" s="3"/>
+      <c r="F18" s="3"/>
+      <c r="G18" s="3"/>
+      <c r="H18" s="3"/>
+      <c r="I18" s="3"/>
+      <c r="J18" s="3"/>
+      <c r="K18" s="3"/>
+      <c r="L18" s="3"/>
+      <c r="M18" s="3"/>
+      <c r="N18" s="3"/>
+      <c r="O18" s="3"/>
+      <c r="P18" s="3"/>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" s="2">
         <v>2024</v>
       </c>
-      <c r="B18" s="2" t="s">
-[...46 lines deleted...]
-      <c r="A19" s="2"/>
       <c r="B19" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C19" s="8">
-        <v>70959.704</v>
+        <v>72004.93399999999</v>
       </c>
       <c r="D19" s="8">
-        <v>82.36799999999999</v>
+        <v>89.98</v>
       </c>
       <c r="E19" s="8">
-        <v>61.376</v>
+        <v>68.753</v>
       </c>
       <c r="F19" s="8">
-        <v>89.081</v>
+        <v>90.291</v>
       </c>
       <c r="G19" s="8">
-        <v>9541.203</v>
+        <v>9799.370000000001</v>
       </c>
       <c r="H19" s="8">
-        <v>8913.342000000001</v>
+        <v>9186.378000000001</v>
       </c>
       <c r="I19" s="8">
-        <v>2150.988</v>
+        <v>2196.035</v>
       </c>
       <c r="J19" s="8">
-        <v>2315.404</v>
+        <v>2436.894</v>
       </c>
       <c r="K19" s="8">
-        <v>27206.178</v>
+        <v>27505.605</v>
       </c>
       <c r="L19" s="8">
-        <v>15855.28</v>
+        <v>15759.666</v>
       </c>
       <c r="M19" s="8">
-        <v>1509.748</v>
+        <v>1546.735</v>
       </c>
       <c r="N19" s="8">
-        <v>1865.431</v>
+        <v>1909.503</v>
       </c>
       <c r="O19" s="8">
-        <v>282.561</v>
+        <v>298.084</v>
       </c>
       <c r="P19" s="8">
-        <v>1086.746</v>
+        <v>1117.64</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" s="2"/>
       <c r="B20" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="8">
-        <v>70975.43700000001</v>
+        <v>70959.704</v>
       </c>
       <c r="D20" s="8">
-        <v>87.408</v>
+        <v>82.36799999999999</v>
       </c>
       <c r="E20" s="8">
-        <v>60.428</v>
+        <v>61.376</v>
       </c>
       <c r="F20" s="8">
-        <v>97.544</v>
+        <v>89.081</v>
       </c>
       <c r="G20" s="8">
-        <v>9369.405000000001</v>
+        <v>9541.203</v>
       </c>
       <c r="H20" s="8">
-        <v>9290.791999999999</v>
+        <v>8913.342000000001</v>
       </c>
       <c r="I20" s="8">
-        <v>2255.649</v>
+        <v>2150.988</v>
       </c>
       <c r="J20" s="8">
-        <v>2428.669</v>
+        <v>2315.404</v>
       </c>
       <c r="K20" s="8">
-        <v>26311.784</v>
+        <v>27206.178</v>
       </c>
       <c r="L20" s="8">
-        <v>16214.351</v>
+        <v>15855.28</v>
       </c>
       <c r="M20" s="8">
-        <v>1545.484</v>
+        <v>1509.748</v>
       </c>
       <c r="N20" s="8">
-        <v>1929.192</v>
+        <v>1865.431</v>
       </c>
       <c r="O20" s="8">
-        <v>300.349</v>
+        <v>282.561</v>
       </c>
       <c r="P20" s="8">
-        <v>1084.383</v>
+        <v>1086.746</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" s="2"/>
       <c r="B21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="8">
-        <v>66103.216</v>
+        <v>70975.43700000001</v>
       </c>
       <c r="D21" s="8">
-        <v>76.527</v>
+        <v>87.408</v>
       </c>
       <c r="E21" s="8">
-        <v>57.365</v>
+        <v>60.428</v>
       </c>
       <c r="F21" s="8">
-        <v>99.499</v>
+        <v>97.544</v>
       </c>
       <c r="G21" s="8">
-        <v>8908.343999999999</v>
+        <v>9369.405000000001</v>
       </c>
       <c r="H21" s="8">
-        <v>8585.804</v>
+        <v>9290.791999999999</v>
       </c>
       <c r="I21" s="8">
-        <v>2141.192</v>
+        <v>2255.649</v>
       </c>
       <c r="J21" s="8">
-        <v>2179.439</v>
+        <v>2428.669</v>
       </c>
       <c r="K21" s="8">
-        <v>24779.256</v>
+        <v>26311.784</v>
       </c>
       <c r="L21" s="8">
-        <v>14739.891</v>
+        <v>16214.351</v>
       </c>
       <c r="M21" s="8">
-        <v>1465.641</v>
+        <v>1545.484</v>
       </c>
       <c r="N21" s="8">
-        <v>1764.157</v>
+        <v>1929.192</v>
       </c>
       <c r="O21" s="8">
-        <v>292.718</v>
+        <v>300.349</v>
       </c>
       <c r="P21" s="8">
-        <v>1013.383</v>
+        <v>1084.383</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
       <c r="O22" s="3"/>
       <c r="P22" s="3"/>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" s="5" t="s">
         <v>43</v>
       </c>
       <c r="B23" s="5"/>