--- v3 (2025-12-19)
+++ v4 (2026-02-19)
@@ -130,84 +130,84 @@
   <si>
     <t>(V1446859941)</t>
   </si>
   <si>
     <t>(V1446859880)</t>
   </si>
   <si>
     <t>(V1446859788)</t>
   </si>
   <si>
     <t>(V1446859666)</t>
   </si>
   <si>
     <t>(V1446859635)</t>
   </si>
   <si>
     <t>(V1446859604)</t>
   </si>
   <si>
     <t>(V1446859573)</t>
   </si>
   <si>
     <t>(V1446859542)</t>
   </si>
   <si>
+    <t>Nov</t>
+  </si>
+  <si>
     <t>Oct</t>
   </si>
   <si>
     <t>Sep</t>
   </si>
   <si>
     <t>Aug</t>
   </si>
   <si>
     <t>Jul</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Dec</t>
-  </si>
-[...1 lines deleted...]
-    <t>Nov</t>
   </si>
   <si>
     <t>Annual Totals</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_(* #,##0.0_);_(* (#,##0.0);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -792,686 +792,686 @@
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" s="2">
         <v>2025</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="8">
-        <v>72453.802</v>
+        <v>72260.497</v>
       </c>
       <c r="D8" s="8">
-        <v>78.334</v>
+        <v>73.19199999999999</v>
       </c>
       <c r="E8" s="8">
-        <v>67.151</v>
+        <v>60.808</v>
       </c>
       <c r="F8" s="8">
-        <v>104.18</v>
+        <v>94.514</v>
       </c>
       <c r="G8" s="8">
-        <v>9633.453</v>
+        <v>9808.772999999999</v>
       </c>
       <c r="H8" s="8">
-        <v>9396.83</v>
+        <v>9282.573</v>
       </c>
       <c r="I8" s="8">
-        <v>2280.183</v>
+        <v>2159.886</v>
       </c>
       <c r="J8" s="8">
-        <v>2453.156</v>
+        <v>2397.496</v>
       </c>
       <c r="K8" s="8">
-        <v>26799.181</v>
+        <v>27382.304</v>
       </c>
       <c r="L8" s="8">
-        <v>16574.992</v>
+        <v>16085.406</v>
       </c>
       <c r="M8" s="8">
-        <v>1652.892</v>
+        <v>1609.741</v>
       </c>
       <c r="N8" s="8">
-        <v>1973.7</v>
+        <v>1924.891</v>
       </c>
       <c r="O8" s="8">
-        <v>314.328</v>
+        <v>299.073</v>
       </c>
       <c r="P8" s="8">
-        <v>1125.422</v>
+        <v>1081.843</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" s="2"/>
       <c r="B9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C9" s="8">
-        <v>69497.08100000001</v>
+        <v>72473.32399999999</v>
       </c>
       <c r="D9" s="8">
-        <v>74.405</v>
+        <v>80.029</v>
       </c>
       <c r="E9" s="8">
-        <v>61.789</v>
+        <v>67.40300000000001</v>
       </c>
       <c r="F9" s="8">
-        <v>104.726</v>
+        <v>101.142</v>
       </c>
       <c r="G9" s="8">
-        <v>9405.173000000001</v>
+        <v>9619.983</v>
       </c>
       <c r="H9" s="8">
-        <v>9059.826999999999</v>
+        <v>9376.601000000001</v>
       </c>
       <c r="I9" s="8">
-        <v>2170.733</v>
+        <v>2281.309</v>
       </c>
       <c r="J9" s="8">
-        <v>2328.57</v>
+        <v>2437.251</v>
       </c>
       <c r="K9" s="8">
-        <v>25906.579</v>
+        <v>26783.696</v>
       </c>
       <c r="L9" s="8">
-        <v>15645.237</v>
+        <v>16648.997</v>
       </c>
       <c r="M9" s="8">
-        <v>1518.426</v>
+        <v>1662.127</v>
       </c>
       <c r="N9" s="8">
-        <v>1863.168</v>
+        <v>1971.041</v>
       </c>
       <c r="O9" s="8">
-        <v>306.519</v>
+        <v>313.537</v>
       </c>
       <c r="P9" s="8">
-        <v>1051.929</v>
+        <v>1130.208</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" s="2"/>
       <c r="B10" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="8">
-        <v>72629.605</v>
+        <v>69497.08100000001</v>
       </c>
       <c r="D10" s="8">
-        <v>82.03100000000001</v>
+        <v>74.405</v>
       </c>
       <c r="E10" s="8">
-        <v>62.605</v>
+        <v>61.789</v>
       </c>
       <c r="F10" s="8">
-        <v>113.603</v>
+        <v>104.726</v>
       </c>
       <c r="G10" s="8">
-        <v>9932.41</v>
+        <v>9405.173000000001</v>
       </c>
       <c r="H10" s="8">
-        <v>9338.726000000001</v>
+        <v>9059.826999999999</v>
       </c>
       <c r="I10" s="8">
-        <v>2269.969</v>
+        <v>2170.733</v>
       </c>
       <c r="J10" s="8">
-        <v>2423.197</v>
+        <v>2328.57</v>
       </c>
       <c r="K10" s="8">
-        <v>26798.348</v>
+        <v>25906.579</v>
       </c>
       <c r="L10" s="8">
-        <v>16531.989</v>
+        <v>15645.237</v>
       </c>
       <c r="M10" s="8">
-        <v>1685.398</v>
+        <v>1518.426</v>
       </c>
       <c r="N10" s="8">
-        <v>1923.08</v>
+        <v>1863.168</v>
       </c>
       <c r="O10" s="8">
-        <v>340.102</v>
+        <v>306.519</v>
       </c>
       <c r="P10" s="8">
-        <v>1128.147</v>
+        <v>1051.929</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" s="2"/>
       <c r="B11" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="8">
-        <v>73449.431</v>
+        <v>72629.605</v>
       </c>
       <c r="D11" s="8">
-        <v>88.788</v>
+        <v>82.03100000000001</v>
       </c>
       <c r="E11" s="8">
-        <v>60.617</v>
+        <v>62.605</v>
       </c>
       <c r="F11" s="8">
-        <v>115.191</v>
+        <v>113.603</v>
       </c>
       <c r="G11" s="8">
-        <v>10211.214</v>
+        <v>9932.41</v>
       </c>
       <c r="H11" s="8">
-        <v>9399.52</v>
+        <v>9338.726000000001</v>
       </c>
       <c r="I11" s="8">
-        <v>2298.069</v>
+        <v>2269.969</v>
       </c>
       <c r="J11" s="8">
-        <v>2498.282</v>
+        <v>2423.197</v>
       </c>
       <c r="K11" s="8">
-        <v>26956.52</v>
+        <v>26798.348</v>
       </c>
       <c r="L11" s="8">
-        <v>16684.17</v>
+        <v>16531.989</v>
       </c>
       <c r="M11" s="8">
-        <v>1693.636</v>
+        <v>1685.398</v>
       </c>
       <c r="N11" s="8">
-        <v>1963.765</v>
+        <v>1923.08</v>
       </c>
       <c r="O11" s="8">
-        <v>354.087</v>
+        <v>340.102</v>
       </c>
       <c r="P11" s="8">
-        <v>1125.571</v>
+        <v>1128.147</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" s="2"/>
       <c r="B12" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="8">
-        <v>72686.79700000001</v>
+        <v>73449.431</v>
       </c>
       <c r="D12" s="8">
-        <v>85.03</v>
+        <v>88.788</v>
       </c>
       <c r="E12" s="8">
-        <v>57.861</v>
+        <v>60.617</v>
       </c>
       <c r="F12" s="8">
-        <v>108.725</v>
+        <v>115.191</v>
       </c>
       <c r="G12" s="8">
-        <v>9869.491</v>
+        <v>10211.214</v>
       </c>
       <c r="H12" s="8">
-        <v>9337.055</v>
+        <v>9399.52</v>
       </c>
       <c r="I12" s="8">
-        <v>2351.621</v>
+        <v>2298.069</v>
       </c>
       <c r="J12" s="8">
-        <v>2450.016</v>
+        <v>2498.282</v>
       </c>
       <c r="K12" s="8">
-        <v>27170.418</v>
+        <v>26956.52</v>
       </c>
       <c r="L12" s="8">
-        <v>16222.823</v>
+        <v>16684.17</v>
       </c>
       <c r="M12" s="8">
-        <v>1641.454</v>
+        <v>1693.636</v>
       </c>
       <c r="N12" s="8">
-        <v>1944.559</v>
+        <v>1963.765</v>
       </c>
       <c r="O12" s="8">
-        <v>329.944</v>
+        <v>354.087</v>
       </c>
       <c r="P12" s="8">
-        <v>1117.8</v>
+        <v>1125.571</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" s="2"/>
       <c r="B13" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="8">
-        <v>76285.34</v>
+        <v>72686.79700000001</v>
       </c>
       <c r="D13" s="8">
-        <v>85.95999999999999</v>
+        <v>85.03</v>
       </c>
       <c r="E13" s="8">
-        <v>64.44499999999999</v>
+        <v>57.861</v>
       </c>
       <c r="F13" s="8">
-        <v>107.766</v>
+        <v>108.725</v>
       </c>
       <c r="G13" s="8">
-        <v>10242.593</v>
+        <v>9869.491</v>
       </c>
       <c r="H13" s="8">
-        <v>9820.214</v>
+        <v>9337.055</v>
       </c>
       <c r="I13" s="8">
-        <v>2519.635</v>
+        <v>2351.621</v>
       </c>
       <c r="J13" s="8">
-        <v>2632.406</v>
+        <v>2450.016</v>
       </c>
       <c r="K13" s="8">
-        <v>28192.275</v>
+        <v>27170.418</v>
       </c>
       <c r="L13" s="8">
-        <v>17386.798</v>
+        <v>16222.823</v>
       </c>
       <c r="M13" s="8">
-        <v>1675.68</v>
+        <v>1641.454</v>
       </c>
       <c r="N13" s="8">
-        <v>2078.825</v>
+        <v>1944.559</v>
       </c>
       <c r="O13" s="8">
-        <v>337.014</v>
+        <v>329.944</v>
       </c>
       <c r="P13" s="8">
-        <v>1141.727</v>
+        <v>1117.8</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" s="2"/>
       <c r="B14" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="8">
-        <v>70822.70299999999</v>
+        <v>76285.34</v>
       </c>
       <c r="D14" s="8">
-        <v>86.97199999999999</v>
+        <v>85.95999999999999</v>
       </c>
       <c r="E14" s="8">
-        <v>69.974</v>
+        <v>64.44499999999999</v>
       </c>
       <c r="F14" s="8">
-        <v>97.66800000000001</v>
+        <v>107.766</v>
       </c>
       <c r="G14" s="8">
-        <v>9754.662</v>
+        <v>10242.593</v>
       </c>
       <c r="H14" s="8">
-        <v>8991.583000000001</v>
+        <v>9820.214</v>
       </c>
       <c r="I14" s="8">
-        <v>2284.835</v>
+        <v>2519.635</v>
       </c>
       <c r="J14" s="8">
-        <v>2412.116</v>
+        <v>2632.406</v>
       </c>
       <c r="K14" s="8">
-        <v>26285.961</v>
+        <v>28192.275</v>
       </c>
       <c r="L14" s="8">
-        <v>16076.788</v>
+        <v>17386.798</v>
       </c>
       <c r="M14" s="8">
-        <v>1547.777</v>
+        <v>1675.68</v>
       </c>
       <c r="N14" s="8">
-        <v>1877.354</v>
+        <v>2078.825</v>
       </c>
       <c r="O14" s="8">
-        <v>298.655</v>
+        <v>337.014</v>
       </c>
       <c r="P14" s="8">
-        <v>1038.358</v>
+        <v>1141.727</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" s="2"/>
       <c r="B15" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="8">
-        <v>66742.295</v>
+        <v>70822.70299999999</v>
       </c>
       <c r="D15" s="8">
-        <v>92.32599999999999</v>
+        <v>86.97199999999999</v>
       </c>
       <c r="E15" s="8">
-        <v>68.733</v>
+        <v>69.974</v>
       </c>
       <c r="F15" s="8">
-        <v>93.33799999999999</v>
+        <v>97.66800000000001</v>
       </c>
       <c r="G15" s="8">
-        <v>9207.924000000001</v>
+        <v>9754.662</v>
       </c>
       <c r="H15" s="8">
-        <v>8800.422</v>
+        <v>8991.583000000001</v>
       </c>
       <c r="I15" s="8">
-        <v>2140.676</v>
+        <v>2284.835</v>
       </c>
       <c r="J15" s="8">
-        <v>2307.462</v>
+        <v>2412.116</v>
       </c>
       <c r="K15" s="8">
-        <v>24982.045</v>
+        <v>26285.961</v>
       </c>
       <c r="L15" s="8">
-        <v>14507.916</v>
+        <v>16076.788</v>
       </c>
       <c r="M15" s="8">
-        <v>1466.544</v>
+        <v>1547.777</v>
       </c>
       <c r="N15" s="8">
-        <v>1816.005</v>
+        <v>1877.354</v>
       </c>
       <c r="O15" s="8">
-        <v>283.774</v>
+        <v>298.655</v>
       </c>
       <c r="P15" s="8">
-        <v>975.13</v>
+        <v>1038.358</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" s="2"/>
       <c r="B16" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="8">
-        <v>56837.475</v>
+        <v>66742.295</v>
       </c>
       <c r="D16" s="8">
-        <v>85.577</v>
+        <v>92.32599999999999</v>
       </c>
       <c r="E16" s="8">
-        <v>58.938</v>
+        <v>68.733</v>
       </c>
       <c r="F16" s="8">
-        <v>76.76900000000001</v>
+        <v>93.33799999999999</v>
       </c>
       <c r="G16" s="8">
-        <v>7917.333</v>
+        <v>9207.924000000001</v>
       </c>
       <c r="H16" s="8">
-        <v>7506.397</v>
+        <v>8800.422</v>
       </c>
       <c r="I16" s="8">
-        <v>1827.666</v>
+        <v>2140.676</v>
       </c>
       <c r="J16" s="8">
-        <v>1998.724</v>
+        <v>2307.462</v>
       </c>
       <c r="K16" s="8">
-        <v>21179.322</v>
+        <v>24982.045</v>
       </c>
       <c r="L16" s="8">
-        <v>12372.103</v>
+        <v>14507.916</v>
       </c>
       <c r="M16" s="8">
-        <v>1226.11</v>
+        <v>1466.544</v>
       </c>
       <c r="N16" s="8">
-        <v>1487.681</v>
+        <v>1816.005</v>
       </c>
       <c r="O16" s="8">
-        <v>238.137</v>
+        <v>283.774</v>
       </c>
       <c r="P16" s="8">
-        <v>862.7190000000001</v>
+        <v>975.13</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="2"/>
       <c r="B17" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="8">
-        <v>59851.047</v>
+        <v>56837.475</v>
       </c>
       <c r="D17" s="8">
-        <v>84.518</v>
+        <v>85.577</v>
       </c>
       <c r="E17" s="8">
-        <v>60.155</v>
+        <v>58.938</v>
       </c>
       <c r="F17" s="8">
-        <v>80.67100000000001</v>
+        <v>76.76900000000001</v>
       </c>
       <c r="G17" s="8">
-        <v>8491.487999999999</v>
+        <v>7917.333</v>
       </c>
       <c r="H17" s="8">
-        <v>7760.464</v>
+        <v>7506.397</v>
       </c>
       <c r="I17" s="8">
-        <v>1931.173</v>
+        <v>1827.666</v>
       </c>
       <c r="J17" s="8">
-        <v>2033.94</v>
+        <v>1998.724</v>
       </c>
       <c r="K17" s="8">
-        <v>22368.836</v>
+        <v>21179.322</v>
       </c>
       <c r="L17" s="8">
-        <v>12847.021</v>
+        <v>12372.103</v>
       </c>
       <c r="M17" s="8">
-        <v>1344.14</v>
+        <v>1226.11</v>
       </c>
       <c r="N17" s="8">
-        <v>1680.631</v>
+        <v>1487.681</v>
       </c>
       <c r="O17" s="8">
-        <v>258.804</v>
+        <v>238.137</v>
       </c>
       <c r="P17" s="8">
-        <v>909.206</v>
+        <v>862.7190000000001</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" s="2"/>
-      <c r="B18" s="2"/>
-[...13 lines deleted...]
-      <c r="P18" s="3"/>
+      <c r="B18" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C18" s="8">
+        <v>59851.047</v>
+      </c>
+      <c r="D18" s="8">
+        <v>84.518</v>
+      </c>
+      <c r="E18" s="8">
+        <v>60.155</v>
+      </c>
+      <c r="F18" s="8">
+        <v>80.67100000000001</v>
+      </c>
+      <c r="G18" s="8">
+        <v>8491.487999999999</v>
+      </c>
+      <c r="H18" s="8">
+        <v>7760.464</v>
+      </c>
+      <c r="I18" s="8">
+        <v>1931.173</v>
+      </c>
+      <c r="J18" s="8">
+        <v>2033.94</v>
+      </c>
+      <c r="K18" s="8">
+        <v>22368.836</v>
+      </c>
+      <c r="L18" s="8">
+        <v>12847.021</v>
+      </c>
+      <c r="M18" s="8">
+        <v>1344.14</v>
+      </c>
+      <c r="N18" s="8">
+        <v>1680.631</v>
+      </c>
+      <c r="O18" s="8">
+        <v>258.804</v>
+      </c>
+      <c r="P18" s="8">
+        <v>909.206</v>
+      </c>
     </row>
     <row r="19" spans="1:16">
-      <c r="A19" s="2">
+      <c r="A19" s="2"/>
+      <c r="B19" s="2"/>
+      <c r="C19" s="3"/>
+      <c r="D19" s="3"/>
+      <c r="E19" s="3"/>
+      <c r="F19" s="3"/>
+      <c r="G19" s="3"/>
+      <c r="H19" s="3"/>
+      <c r="I19" s="3"/>
+      <c r="J19" s="3"/>
+      <c r="K19" s="3"/>
+      <c r="L19" s="3"/>
+      <c r="M19" s="3"/>
+      <c r="N19" s="3"/>
+      <c r="O19" s="3"/>
+      <c r="P19" s="3"/>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" s="2">
         <v>2024</v>
       </c>
-      <c r="B19" s="2" t="s">
-[...46 lines deleted...]
-      <c r="A20" s="2"/>
       <c r="B20" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="8">
-        <v>70959.704</v>
+        <v>72004.93399999999</v>
       </c>
       <c r="D20" s="8">
-        <v>82.36799999999999</v>
+        <v>89.98</v>
       </c>
       <c r="E20" s="8">
-        <v>61.376</v>
+        <v>68.753</v>
       </c>
       <c r="F20" s="8">
-        <v>89.081</v>
+        <v>90.291</v>
       </c>
       <c r="G20" s="8">
-        <v>9541.203</v>
+        <v>9799.370000000001</v>
       </c>
       <c r="H20" s="8">
-        <v>8913.342000000001</v>
+        <v>9186.378000000001</v>
       </c>
       <c r="I20" s="8">
-        <v>2150.988</v>
+        <v>2196.035</v>
       </c>
       <c r="J20" s="8">
-        <v>2315.404</v>
+        <v>2436.894</v>
       </c>
       <c r="K20" s="8">
-        <v>27206.178</v>
+        <v>27505.605</v>
       </c>
       <c r="L20" s="8">
-        <v>15855.28</v>
+        <v>15759.666</v>
       </c>
       <c r="M20" s="8">
-        <v>1509.748</v>
+        <v>1546.735</v>
       </c>
       <c r="N20" s="8">
-        <v>1865.431</v>
+        <v>1909.503</v>
       </c>
       <c r="O20" s="8">
-        <v>282.561</v>
+        <v>298.084</v>
       </c>
       <c r="P20" s="8">
-        <v>1086.746</v>
+        <v>1117.64</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" s="2"/>
       <c r="B21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="8">
-        <v>70975.43700000001</v>
+        <v>70959.704</v>
       </c>
       <c r="D21" s="8">
-        <v>87.408</v>
+        <v>82.36799999999999</v>
       </c>
       <c r="E21" s="8">
-        <v>60.428</v>
+        <v>61.376</v>
       </c>
       <c r="F21" s="8">
-        <v>97.544</v>
+        <v>89.081</v>
       </c>
       <c r="G21" s="8">
-        <v>9369.405000000001</v>
+        <v>9541.203</v>
       </c>
       <c r="H21" s="8">
-        <v>9290.791999999999</v>
+        <v>8913.342000000001</v>
       </c>
       <c r="I21" s="8">
-        <v>2255.649</v>
+        <v>2150.988</v>
       </c>
       <c r="J21" s="8">
-        <v>2428.669</v>
+        <v>2315.404</v>
       </c>
       <c r="K21" s="8">
-        <v>26311.784</v>
+        <v>27206.178</v>
       </c>
       <c r="L21" s="8">
-        <v>16214.351</v>
+        <v>15855.28</v>
       </c>
       <c r="M21" s="8">
-        <v>1545.484</v>
+        <v>1509.748</v>
       </c>
       <c r="N21" s="8">
-        <v>1929.192</v>
+        <v>1865.431</v>
       </c>
       <c r="O21" s="8">
-        <v>300.349</v>
+        <v>282.561</v>
       </c>
       <c r="P21" s="8">
-        <v>1084.383</v>
+        <v>1086.746</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
       <c r="O22" s="3"/>
       <c r="P22" s="3"/>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" s="5" t="s">
         <v>43</v>
       </c>
       <c r="B23" s="5"/>