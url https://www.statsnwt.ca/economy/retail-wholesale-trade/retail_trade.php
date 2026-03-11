--- v4 (2026-02-19)
+++ v5 (2026-03-11)
@@ -130,84 +130,84 @@
   <si>
     <t>(V1446859941)</t>
   </si>
   <si>
     <t>(V1446859880)</t>
   </si>
   <si>
     <t>(V1446859788)</t>
   </si>
   <si>
     <t>(V1446859666)</t>
   </si>
   <si>
     <t>(V1446859635)</t>
   </si>
   <si>
     <t>(V1446859604)</t>
   </si>
   <si>
     <t>(V1446859573)</t>
   </si>
   <si>
     <t>(V1446859542)</t>
   </si>
   <si>
+    <t>Dec</t>
+  </si>
+  <si>
     <t>Nov</t>
   </si>
   <si>
     <t>Oct</t>
   </si>
   <si>
     <t>Sep</t>
   </si>
   <si>
     <t>Aug</t>
   </si>
   <si>
     <t>Jul</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Jan</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dec</t>
   </si>
   <si>
     <t>Annual Totals</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_(* #,##0.0_);_(* (#,##0.0);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -792,686 +792,686 @@
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" s="2">
         <v>2025</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="8">
-        <v>72260.497</v>
+        <v>73557.462</v>
       </c>
       <c r="D8" s="8">
-        <v>73.19199999999999</v>
+        <v>84.64400000000001</v>
       </c>
       <c r="E8" s="8">
-        <v>60.808</v>
+        <v>64.276</v>
       </c>
       <c r="F8" s="8">
-        <v>94.514</v>
+        <v>99.14</v>
       </c>
       <c r="G8" s="8">
-        <v>9808.772999999999</v>
+        <v>10262.866</v>
       </c>
       <c r="H8" s="8">
-        <v>9282.573</v>
+        <v>9562.464</v>
       </c>
       <c r="I8" s="8">
-        <v>2159.886</v>
+        <v>2236.343</v>
       </c>
       <c r="J8" s="8">
-        <v>2397.496</v>
+        <v>2514.441</v>
       </c>
       <c r="K8" s="8">
-        <v>27382.304</v>
+        <v>27621.965</v>
       </c>
       <c r="L8" s="8">
-        <v>16085.406</v>
+        <v>16068.196</v>
       </c>
       <c r="M8" s="8">
-        <v>1609.741</v>
+        <v>1650.708</v>
       </c>
       <c r="N8" s="8">
-        <v>1924.891</v>
+        <v>1980.309</v>
       </c>
       <c r="O8" s="8">
-        <v>299.073</v>
+        <v>309.846</v>
       </c>
       <c r="P8" s="8">
-        <v>1081.843</v>
+        <v>1102.265</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" s="2"/>
       <c r="B9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C9" s="8">
-        <v>72473.32399999999</v>
+        <v>72226.01700000001</v>
       </c>
       <c r="D9" s="8">
-        <v>80.029</v>
+        <v>73.379</v>
       </c>
       <c r="E9" s="8">
-        <v>67.40300000000001</v>
+        <v>60.403</v>
       </c>
       <c r="F9" s="8">
-        <v>101.142</v>
+        <v>92.143</v>
       </c>
       <c r="G9" s="8">
-        <v>9619.983</v>
+        <v>9827.791999999999</v>
       </c>
       <c r="H9" s="8">
-        <v>9376.601000000001</v>
+        <v>9323.370000000001</v>
       </c>
       <c r="I9" s="8">
-        <v>2281.309</v>
+        <v>2157.148</v>
       </c>
       <c r="J9" s="8">
-        <v>2437.251</v>
+        <v>2386.613</v>
       </c>
       <c r="K9" s="8">
-        <v>26783.696</v>
+        <v>27289.447</v>
       </c>
       <c r="L9" s="8">
-        <v>16648.997</v>
+        <v>16097.916</v>
       </c>
       <c r="M9" s="8">
-        <v>1662.127</v>
+        <v>1610.34</v>
       </c>
       <c r="N9" s="8">
-        <v>1971.041</v>
+        <v>1929.78</v>
       </c>
       <c r="O9" s="8">
-        <v>313.537</v>
+        <v>297.753</v>
       </c>
       <c r="P9" s="8">
-        <v>1130.208</v>
+        <v>1079.934</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" s="2"/>
       <c r="B10" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="8">
-        <v>69497.08100000001</v>
+        <v>72473.32399999999</v>
       </c>
       <c r="D10" s="8">
-        <v>74.405</v>
+        <v>80.029</v>
       </c>
       <c r="E10" s="8">
-        <v>61.789</v>
+        <v>67.40300000000001</v>
       </c>
       <c r="F10" s="8">
-        <v>104.726</v>
+        <v>101.142</v>
       </c>
       <c r="G10" s="8">
-        <v>9405.173000000001</v>
+        <v>9619.983</v>
       </c>
       <c r="H10" s="8">
-        <v>9059.826999999999</v>
+        <v>9376.601000000001</v>
       </c>
       <c r="I10" s="8">
-        <v>2170.733</v>
+        <v>2281.309</v>
       </c>
       <c r="J10" s="8">
-        <v>2328.57</v>
+        <v>2437.251</v>
       </c>
       <c r="K10" s="8">
-        <v>25906.579</v>
+        <v>26783.696</v>
       </c>
       <c r="L10" s="8">
-        <v>15645.237</v>
+        <v>16648.997</v>
       </c>
       <c r="M10" s="8">
-        <v>1518.426</v>
+        <v>1662.127</v>
       </c>
       <c r="N10" s="8">
-        <v>1863.168</v>
+        <v>1971.041</v>
       </c>
       <c r="O10" s="8">
-        <v>306.519</v>
+        <v>313.537</v>
       </c>
       <c r="P10" s="8">
-        <v>1051.929</v>
+        <v>1130.208</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" s="2"/>
       <c r="B11" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="8">
-        <v>72629.605</v>
+        <v>69497.08100000001</v>
       </c>
       <c r="D11" s="8">
-        <v>82.03100000000001</v>
+        <v>74.405</v>
       </c>
       <c r="E11" s="8">
-        <v>62.605</v>
+        <v>61.789</v>
       </c>
       <c r="F11" s="8">
-        <v>113.603</v>
+        <v>104.726</v>
       </c>
       <c r="G11" s="8">
-        <v>9932.41</v>
+        <v>9405.173000000001</v>
       </c>
       <c r="H11" s="8">
-        <v>9338.726000000001</v>
+        <v>9059.826999999999</v>
       </c>
       <c r="I11" s="8">
-        <v>2269.969</v>
+        <v>2170.733</v>
       </c>
       <c r="J11" s="8">
-        <v>2423.197</v>
+        <v>2328.57</v>
       </c>
       <c r="K11" s="8">
-        <v>26798.348</v>
+        <v>25906.579</v>
       </c>
       <c r="L11" s="8">
-        <v>16531.989</v>
+        <v>15645.237</v>
       </c>
       <c r="M11" s="8">
-        <v>1685.398</v>
+        <v>1518.426</v>
       </c>
       <c r="N11" s="8">
-        <v>1923.08</v>
+        <v>1863.168</v>
       </c>
       <c r="O11" s="8">
-        <v>340.102</v>
+        <v>306.519</v>
       </c>
       <c r="P11" s="8">
-        <v>1128.147</v>
+        <v>1051.929</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" s="2"/>
       <c r="B12" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="8">
-        <v>73449.431</v>
+        <v>72629.605</v>
       </c>
       <c r="D12" s="8">
-        <v>88.788</v>
+        <v>82.03100000000001</v>
       </c>
       <c r="E12" s="8">
-        <v>60.617</v>
+        <v>62.605</v>
       </c>
       <c r="F12" s="8">
-        <v>115.191</v>
+        <v>113.603</v>
       </c>
       <c r="G12" s="8">
-        <v>10211.214</v>
+        <v>9932.41</v>
       </c>
       <c r="H12" s="8">
-        <v>9399.52</v>
+        <v>9338.726000000001</v>
       </c>
       <c r="I12" s="8">
-        <v>2298.069</v>
+        <v>2269.969</v>
       </c>
       <c r="J12" s="8">
-        <v>2498.282</v>
+        <v>2423.197</v>
       </c>
       <c r="K12" s="8">
-        <v>26956.52</v>
+        <v>26798.348</v>
       </c>
       <c r="L12" s="8">
-        <v>16684.17</v>
+        <v>16531.989</v>
       </c>
       <c r="M12" s="8">
-        <v>1693.636</v>
+        <v>1685.398</v>
       </c>
       <c r="N12" s="8">
-        <v>1963.765</v>
+        <v>1923.08</v>
       </c>
       <c r="O12" s="8">
-        <v>354.087</v>
+        <v>340.102</v>
       </c>
       <c r="P12" s="8">
-        <v>1125.571</v>
+        <v>1128.147</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" s="2"/>
       <c r="B13" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="8">
-        <v>72686.79700000001</v>
+        <v>73449.431</v>
       </c>
       <c r="D13" s="8">
-        <v>85.03</v>
+        <v>88.788</v>
       </c>
       <c r="E13" s="8">
-        <v>57.861</v>
+        <v>60.617</v>
       </c>
       <c r="F13" s="8">
-        <v>108.725</v>
+        <v>115.191</v>
       </c>
       <c r="G13" s="8">
-        <v>9869.491</v>
+        <v>10211.214</v>
       </c>
       <c r="H13" s="8">
-        <v>9337.055</v>
+        <v>9399.52</v>
       </c>
       <c r="I13" s="8">
-        <v>2351.621</v>
+        <v>2298.069</v>
       </c>
       <c r="J13" s="8">
-        <v>2450.016</v>
+        <v>2498.282</v>
       </c>
       <c r="K13" s="8">
-        <v>27170.418</v>
+        <v>26956.52</v>
       </c>
       <c r="L13" s="8">
-        <v>16222.823</v>
+        <v>16684.17</v>
       </c>
       <c r="M13" s="8">
-        <v>1641.454</v>
+        <v>1693.636</v>
       </c>
       <c r="N13" s="8">
-        <v>1944.559</v>
+        <v>1963.765</v>
       </c>
       <c r="O13" s="8">
-        <v>329.944</v>
+        <v>354.087</v>
       </c>
       <c r="P13" s="8">
-        <v>1117.8</v>
+        <v>1125.571</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" s="2"/>
       <c r="B14" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="8">
-        <v>76285.34</v>
+        <v>72686.79700000001</v>
       </c>
       <c r="D14" s="8">
-        <v>85.95999999999999</v>
+        <v>85.03</v>
       </c>
       <c r="E14" s="8">
-        <v>64.44499999999999</v>
+        <v>57.861</v>
       </c>
       <c r="F14" s="8">
-        <v>107.766</v>
+        <v>108.725</v>
       </c>
       <c r="G14" s="8">
-        <v>10242.593</v>
+        <v>9869.491</v>
       </c>
       <c r="H14" s="8">
-        <v>9820.214</v>
+        <v>9337.055</v>
       </c>
       <c r="I14" s="8">
-        <v>2519.635</v>
+        <v>2351.621</v>
       </c>
       <c r="J14" s="8">
-        <v>2632.406</v>
+        <v>2450.016</v>
       </c>
       <c r="K14" s="8">
-        <v>28192.275</v>
+        <v>27170.418</v>
       </c>
       <c r="L14" s="8">
-        <v>17386.798</v>
+        <v>16222.823</v>
       </c>
       <c r="M14" s="8">
-        <v>1675.68</v>
+        <v>1641.454</v>
       </c>
       <c r="N14" s="8">
-        <v>2078.825</v>
+        <v>1944.559</v>
       </c>
       <c r="O14" s="8">
-        <v>337.014</v>
+        <v>329.944</v>
       </c>
       <c r="P14" s="8">
-        <v>1141.727</v>
+        <v>1117.8</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" s="2"/>
       <c r="B15" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="8">
-        <v>70822.70299999999</v>
+        <v>76285.34</v>
       </c>
       <c r="D15" s="8">
-        <v>86.97199999999999</v>
+        <v>85.95999999999999</v>
       </c>
       <c r="E15" s="8">
-        <v>69.974</v>
+        <v>64.44499999999999</v>
       </c>
       <c r="F15" s="8">
-        <v>97.66800000000001</v>
+        <v>107.766</v>
       </c>
       <c r="G15" s="8">
-        <v>9754.662</v>
+        <v>10242.593</v>
       </c>
       <c r="H15" s="8">
-        <v>8991.583000000001</v>
+        <v>9820.214</v>
       </c>
       <c r="I15" s="8">
-        <v>2284.835</v>
+        <v>2519.635</v>
       </c>
       <c r="J15" s="8">
-        <v>2412.116</v>
+        <v>2632.406</v>
       </c>
       <c r="K15" s="8">
-        <v>26285.961</v>
+        <v>28192.275</v>
       </c>
       <c r="L15" s="8">
-        <v>16076.788</v>
+        <v>17386.798</v>
       </c>
       <c r="M15" s="8">
-        <v>1547.777</v>
+        <v>1675.68</v>
       </c>
       <c r="N15" s="8">
-        <v>1877.354</v>
+        <v>2078.825</v>
       </c>
       <c r="O15" s="8">
-        <v>298.655</v>
+        <v>337.014</v>
       </c>
       <c r="P15" s="8">
-        <v>1038.358</v>
+        <v>1141.727</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" s="2"/>
       <c r="B16" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="8">
-        <v>66742.295</v>
+        <v>70822.70299999999</v>
       </c>
       <c r="D16" s="8">
-        <v>92.32599999999999</v>
+        <v>86.97199999999999</v>
       </c>
       <c r="E16" s="8">
-        <v>68.733</v>
+        <v>69.974</v>
       </c>
       <c r="F16" s="8">
-        <v>93.33799999999999</v>
+        <v>97.66800000000001</v>
       </c>
       <c r="G16" s="8">
-        <v>9207.924000000001</v>
+        <v>9754.662</v>
       </c>
       <c r="H16" s="8">
-        <v>8800.422</v>
+        <v>8991.583000000001</v>
       </c>
       <c r="I16" s="8">
-        <v>2140.676</v>
+        <v>2284.835</v>
       </c>
       <c r="J16" s="8">
-        <v>2307.462</v>
+        <v>2412.116</v>
       </c>
       <c r="K16" s="8">
-        <v>24982.045</v>
+        <v>26285.961</v>
       </c>
       <c r="L16" s="8">
-        <v>14507.916</v>
+        <v>16076.788</v>
       </c>
       <c r="M16" s="8">
-        <v>1466.544</v>
+        <v>1547.777</v>
       </c>
       <c r="N16" s="8">
-        <v>1816.005</v>
+        <v>1877.354</v>
       </c>
       <c r="O16" s="8">
-        <v>283.774</v>
+        <v>298.655</v>
       </c>
       <c r="P16" s="8">
-        <v>975.13</v>
+        <v>1038.358</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="2"/>
       <c r="B17" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="8">
-        <v>56837.475</v>
+        <v>66742.295</v>
       </c>
       <c r="D17" s="8">
-        <v>85.577</v>
+        <v>92.32599999999999</v>
       </c>
       <c r="E17" s="8">
-        <v>58.938</v>
+        <v>68.733</v>
       </c>
       <c r="F17" s="8">
-        <v>76.76900000000001</v>
+        <v>93.33799999999999</v>
       </c>
       <c r="G17" s="8">
-        <v>7917.333</v>
+        <v>9207.924000000001</v>
       </c>
       <c r="H17" s="8">
-        <v>7506.397</v>
+        <v>8800.422</v>
       </c>
       <c r="I17" s="8">
-        <v>1827.666</v>
+        <v>2140.676</v>
       </c>
       <c r="J17" s="8">
-        <v>1998.724</v>
+        <v>2307.462</v>
       </c>
       <c r="K17" s="8">
-        <v>21179.322</v>
+        <v>24982.045</v>
       </c>
       <c r="L17" s="8">
-        <v>12372.103</v>
+        <v>14507.916</v>
       </c>
       <c r="M17" s="8">
-        <v>1226.11</v>
+        <v>1466.544</v>
       </c>
       <c r="N17" s="8">
-        <v>1487.681</v>
+        <v>1816.005</v>
       </c>
       <c r="O17" s="8">
-        <v>238.137</v>
+        <v>283.774</v>
       </c>
       <c r="P17" s="8">
-        <v>862.7190000000001</v>
+        <v>975.13</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" s="2"/>
       <c r="B18" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="8">
-        <v>59851.047</v>
+        <v>56837.475</v>
       </c>
       <c r="D18" s="8">
-        <v>84.518</v>
+        <v>85.577</v>
       </c>
       <c r="E18" s="8">
-        <v>60.155</v>
+        <v>58.938</v>
       </c>
       <c r="F18" s="8">
-        <v>80.67100000000001</v>
+        <v>76.76900000000001</v>
       </c>
       <c r="G18" s="8">
-        <v>8491.487999999999</v>
+        <v>7917.333</v>
       </c>
       <c r="H18" s="8">
-        <v>7760.464</v>
+        <v>7506.397</v>
       </c>
       <c r="I18" s="8">
-        <v>1931.173</v>
+        <v>1827.666</v>
       </c>
       <c r="J18" s="8">
-        <v>2033.94</v>
+        <v>1998.724</v>
       </c>
       <c r="K18" s="8">
-        <v>22368.836</v>
+        <v>21179.322</v>
       </c>
       <c r="L18" s="8">
-        <v>12847.021</v>
+        <v>12372.103</v>
       </c>
       <c r="M18" s="8">
-        <v>1344.14</v>
+        <v>1226.11</v>
       </c>
       <c r="N18" s="8">
-        <v>1680.631</v>
+        <v>1487.681</v>
       </c>
       <c r="O18" s="8">
-        <v>258.804</v>
+        <v>238.137</v>
       </c>
       <c r="P18" s="8">
-        <v>909.206</v>
+        <v>862.7190000000001</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" s="2"/>
-      <c r="B19" s="2"/>
-[...13 lines deleted...]
-      <c r="P19" s="3"/>
+      <c r="B19" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="C19" s="8">
+        <v>59851.047</v>
+      </c>
+      <c r="D19" s="8">
+        <v>84.518</v>
+      </c>
+      <c r="E19" s="8">
+        <v>60.155</v>
+      </c>
+      <c r="F19" s="8">
+        <v>80.67100000000001</v>
+      </c>
+      <c r="G19" s="8">
+        <v>8491.487999999999</v>
+      </c>
+      <c r="H19" s="8">
+        <v>7760.464</v>
+      </c>
+      <c r="I19" s="8">
+        <v>1931.173</v>
+      </c>
+      <c r="J19" s="8">
+        <v>2033.94</v>
+      </c>
+      <c r="K19" s="8">
+        <v>22368.836</v>
+      </c>
+      <c r="L19" s="8">
+        <v>12847.021</v>
+      </c>
+      <c r="M19" s="8">
+        <v>1344.14</v>
+      </c>
+      <c r="N19" s="8">
+        <v>1680.631</v>
+      </c>
+      <c r="O19" s="8">
+        <v>258.804</v>
+      </c>
+      <c r="P19" s="8">
+        <v>909.206</v>
+      </c>
     </row>
     <row r="20" spans="1:16">
-      <c r="A20" s="2">
+      <c r="A20" s="2"/>
+      <c r="B20" s="2"/>
+      <c r="C20" s="3"/>
+      <c r="D20" s="3"/>
+      <c r="E20" s="3"/>
+      <c r="F20" s="3"/>
+      <c r="G20" s="3"/>
+      <c r="H20" s="3"/>
+      <c r="I20" s="3"/>
+      <c r="J20" s="3"/>
+      <c r="K20" s="3"/>
+      <c r="L20" s="3"/>
+      <c r="M20" s="3"/>
+      <c r="N20" s="3"/>
+      <c r="O20" s="3"/>
+      <c r="P20" s="3"/>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" s="2">
         <v>2024</v>
       </c>
-      <c r="B20" s="2" t="s">
-[...46 lines deleted...]
-      <c r="A21" s="2"/>
       <c r="B21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="8">
-        <v>70959.704</v>
+        <v>72004.93399999999</v>
       </c>
       <c r="D21" s="8">
-        <v>82.36799999999999</v>
+        <v>89.98</v>
       </c>
       <c r="E21" s="8">
-        <v>61.376</v>
+        <v>68.753</v>
       </c>
       <c r="F21" s="8">
-        <v>89.081</v>
+        <v>90.291</v>
       </c>
       <c r="G21" s="8">
-        <v>9541.203</v>
+        <v>9799.370000000001</v>
       </c>
       <c r="H21" s="8">
-        <v>8913.342000000001</v>
+        <v>9186.378000000001</v>
       </c>
       <c r="I21" s="8">
-        <v>2150.988</v>
+        <v>2196.035</v>
       </c>
       <c r="J21" s="8">
-        <v>2315.404</v>
+        <v>2436.894</v>
       </c>
       <c r="K21" s="8">
-        <v>27206.178</v>
+        <v>27505.605</v>
       </c>
       <c r="L21" s="8">
-        <v>15855.28</v>
+        <v>15759.666</v>
       </c>
       <c r="M21" s="8">
-        <v>1509.748</v>
+        <v>1546.735</v>
       </c>
       <c r="N21" s="8">
-        <v>1865.431</v>
+        <v>1909.503</v>
       </c>
       <c r="O21" s="8">
-        <v>282.561</v>
+        <v>298.084</v>
       </c>
       <c r="P21" s="8">
-        <v>1086.746</v>
+        <v>1117.64</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
       <c r="O22" s="3"/>
       <c r="P22" s="3"/>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" s="5" t="s">
         <v>43</v>
       </c>
       <c r="B23" s="5"/>
@@ -1488,482 +1488,513 @@
       <c r="M23" s="7"/>
       <c r="N23" s="7"/>
       <c r="O23" s="7"/>
       <c r="P23" s="7"/>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" s="2"/>
       <c r="B24" s="2"/>
       <c r="C24" s="3"/>
       <c r="D24" s="3"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
       <c r="L24" s="3"/>
       <c r="M24" s="3"/>
       <c r="N24" s="3"/>
       <c r="O24" s="3"/>
       <c r="P24" s="3"/>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B25" s="9"/>
       <c r="C25" s="8">
-        <v>804991.176</v>
+        <v>837058.577</v>
       </c>
       <c r="D25" s="8">
-        <v>1006.896</v>
+        <v>1003.659</v>
       </c>
       <c r="E25" s="8">
-        <v>676.0940000000001</v>
+        <v>757.199</v>
       </c>
       <c r="F25" s="8">
-        <v>1177.552</v>
+        <v>1190.882</v>
       </c>
       <c r="G25" s="8">
-        <v>108383.585</v>
+        <v>114742.929</v>
       </c>
       <c r="H25" s="8">
-        <v>103732.708</v>
+        <v>108276.643</v>
       </c>
       <c r="I25" s="8">
-        <v>25698.432</v>
+        <v>26469.177</v>
       </c>
       <c r="J25" s="8">
-        <v>27251.58</v>
+        <v>28423.018</v>
       </c>
       <c r="K25" s="8">
-        <v>300837.648</v>
+        <v>311535.412</v>
       </c>
       <c r="L25" s="8">
-        <v>180797.218</v>
+        <v>187089.954</v>
       </c>
       <c r="M25" s="8">
-        <v>17849.632</v>
+        <v>18722.34</v>
       </c>
       <c r="N25" s="8">
-        <v>21806.372</v>
+        <v>22516.198</v>
       </c>
       <c r="O25" s="8">
-        <v>3559.281</v>
+        <v>3668.172</v>
       </c>
       <c r="P25" s="8">
-        <v>12214.187</v>
+        <v>12662.994</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" s="9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B26" s="9"/>
       <c r="C26" s="8">
-        <v>792369.058</v>
+        <v>804991.176</v>
       </c>
       <c r="D26" s="8">
-        <v>925.205</v>
+        <v>1006.896</v>
       </c>
       <c r="E26" s="8">
-        <v>619.54</v>
+        <v>676.0940000000001</v>
       </c>
       <c r="F26" s="8">
-        <v>1161.817</v>
+        <v>1177.552</v>
       </c>
       <c r="G26" s="8">
-        <v>107766.032</v>
+        <v>108383.585</v>
       </c>
       <c r="H26" s="8">
-        <v>101979.095</v>
+        <v>103732.708</v>
       </c>
       <c r="I26" s="8">
-        <v>25181.148</v>
+        <v>25698.432</v>
       </c>
       <c r="J26" s="8">
-        <v>26826.548</v>
+        <v>27251.58</v>
       </c>
       <c r="K26" s="8">
-        <v>297337.013</v>
+        <v>300837.648</v>
       </c>
       <c r="L26" s="8">
-        <v>177080.345</v>
+        <v>180797.218</v>
       </c>
       <c r="M26" s="8">
-        <v>17285.446</v>
+        <v>17849.632</v>
       </c>
       <c r="N26" s="8">
-        <v>21266.885</v>
+        <v>21806.372</v>
       </c>
       <c r="O26" s="8">
-        <v>3506.772</v>
+        <v>3559.281</v>
       </c>
       <c r="P26" s="8">
-        <v>11433.212</v>
+        <v>12214.187</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" s="9">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B27" s="9"/>
       <c r="C27" s="8">
-        <v>777547.2830000001</v>
+        <v>792369.058</v>
       </c>
       <c r="D27" s="8">
-        <v>916.465</v>
+        <v>925.205</v>
       </c>
       <c r="E27" s="8">
-        <v>583.391</v>
+        <v>619.54</v>
       </c>
       <c r="F27" s="8">
-        <v>1085.214</v>
+        <v>1161.817</v>
       </c>
       <c r="G27" s="8">
-        <v>107889.136</v>
+        <v>107766.032</v>
       </c>
       <c r="H27" s="8">
-        <v>97807.40700000001</v>
+        <v>101979.095</v>
       </c>
       <c r="I27" s="8">
-        <v>25093.923</v>
+        <v>25181.148</v>
       </c>
       <c r="J27" s="8">
-        <v>26399.109</v>
+        <v>26826.548</v>
       </c>
       <c r="K27" s="8">
-        <v>295391.794</v>
+        <v>297337.013</v>
       </c>
       <c r="L27" s="8">
-        <v>170687.718</v>
+        <v>177080.345</v>
       </c>
       <c r="M27" s="8">
-        <v>16500.173</v>
+        <v>17285.446</v>
       </c>
       <c r="N27" s="8">
-        <v>20605.074</v>
+        <v>21266.885</v>
       </c>
       <c r="O27" s="8">
-        <v>3367.333</v>
+        <v>3506.772</v>
       </c>
       <c r="P27" s="8">
-        <v>11220.546</v>
+        <v>11433.212</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" s="9">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B28" s="9"/>
       <c r="C28" s="8">
-        <v>718207.127</v>
+        <v>777547.2830000001</v>
       </c>
       <c r="D28" s="8">
-        <v>931.179</v>
+        <v>916.465</v>
       </c>
       <c r="E28" s="8">
-        <v>567.248</v>
+        <v>583.391</v>
       </c>
       <c r="F28" s="8">
-        <v>1011.174</v>
+        <v>1085.214</v>
       </c>
       <c r="G28" s="8">
-        <v>104653.039</v>
+        <v>107889.136</v>
       </c>
       <c r="H28" s="8">
-        <v>91533.652</v>
+        <v>97807.40700000001</v>
       </c>
       <c r="I28" s="8">
-        <v>23311.648</v>
+        <v>25093.923</v>
       </c>
       <c r="J28" s="8">
-        <v>24314.808</v>
+        <v>26399.109</v>
       </c>
       <c r="K28" s="8">
-        <v>266455.862</v>
+        <v>295391.794</v>
       </c>
       <c r="L28" s="8">
-        <v>157322.62</v>
+        <v>170687.718</v>
       </c>
       <c r="M28" s="8">
-        <v>15308.726</v>
+        <v>16500.173</v>
       </c>
       <c r="N28" s="8">
-        <v>19265.231</v>
+        <v>20605.074</v>
       </c>
       <c r="O28" s="8">
-        <v>3109.878</v>
+        <v>3367.333</v>
       </c>
       <c r="P28" s="8">
-        <v>10422.057</v>
+        <v>11220.546</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" s="9">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B29" s="9"/>
       <c r="C29" s="8">
-        <v>641733.627</v>
+        <v>718207.127</v>
       </c>
       <c r="D29" s="8">
-        <v>894.434</v>
+        <v>931.179</v>
       </c>
       <c r="E29" s="8">
-        <v>566.875</v>
+        <v>567.248</v>
       </c>
       <c r="F29" s="8">
-        <v>937.915</v>
+        <v>1011.174</v>
       </c>
       <c r="G29" s="8">
-        <v>92916.44100000001</v>
+        <v>104653.039</v>
       </c>
       <c r="H29" s="8">
-        <v>81974.02800000001</v>
+        <v>91533.652</v>
       </c>
       <c r="I29" s="8">
-        <v>20318.554</v>
+        <v>23311.648</v>
       </c>
       <c r="J29" s="8">
-        <v>21455.614</v>
+        <v>24314.808</v>
       </c>
       <c r="K29" s="8">
-        <v>243068.24</v>
+        <v>266455.862</v>
       </c>
       <c r="L29" s="8">
-        <v>137511.805</v>
+        <v>157322.62</v>
       </c>
       <c r="M29" s="8">
-        <v>13577.069</v>
+        <v>15308.726</v>
       </c>
       <c r="N29" s="8">
-        <v>16523.821</v>
+        <v>19265.231</v>
       </c>
       <c r="O29" s="8">
-        <v>2610.019</v>
+        <v>3109.878</v>
       </c>
       <c r="P29" s="8">
-        <v>9378.811</v>
+        <v>10422.057</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" s="9">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B30" s="9"/>
       <c r="C30" s="8">
-        <v>647325.4300000001</v>
+        <v>641733.627</v>
       </c>
       <c r="D30" s="8">
-        <v>814.388</v>
+        <v>894.434</v>
       </c>
       <c r="E30" s="8">
-        <v>494.199</v>
+        <v>566.875</v>
       </c>
       <c r="F30" s="8">
-        <v>915.606</v>
+        <v>937.915</v>
       </c>
       <c r="G30" s="8">
-        <v>91304.787</v>
+        <v>92916.44100000001</v>
       </c>
       <c r="H30" s="8">
-        <v>83501.951</v>
+        <v>81974.02800000001</v>
       </c>
       <c r="I30" s="8">
-        <v>20276.263</v>
+        <v>20318.554</v>
       </c>
       <c r="J30" s="8">
-        <v>21469.722</v>
+        <v>21455.614</v>
       </c>
       <c r="K30" s="8">
-        <v>249767.46</v>
+        <v>243068.24</v>
       </c>
       <c r="L30" s="8">
-        <v>136605.871</v>
+        <v>137511.805</v>
       </c>
       <c r="M30" s="8">
-        <v>13443.45</v>
+        <v>13577.069</v>
       </c>
       <c r="N30" s="8">
-        <v>16927.394</v>
+        <v>16523.821</v>
       </c>
       <c r="O30" s="8">
-        <v>2589.527</v>
+        <v>2610.019</v>
       </c>
       <c r="P30" s="8">
-        <v>9214.819</v>
+        <v>9378.811</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" s="9">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B31" s="9"/>
       <c r="C31" s="8">
-        <v>635420.24</v>
+        <v>647325.4300000001</v>
       </c>
       <c r="D31" s="8">
-        <v>825.533</v>
+        <v>814.388</v>
       </c>
       <c r="E31" s="8">
-        <v>462.624</v>
+        <v>494.199</v>
       </c>
       <c r="F31" s="8">
-        <v>883.063</v>
+        <v>915.606</v>
       </c>
       <c r="G31" s="8">
-        <v>90168.66</v>
+        <v>91304.787</v>
       </c>
       <c r="H31" s="8">
-        <v>83641.292</v>
+        <v>83501.951</v>
       </c>
       <c r="I31" s="8">
-        <v>20038.313</v>
+        <v>20276.263</v>
       </c>
       <c r="J31" s="8">
-        <v>21289.874</v>
+        <v>21469.722</v>
       </c>
       <c r="K31" s="8">
-        <v>242288.626</v>
+        <v>249767.46</v>
       </c>
       <c r="L31" s="8">
-        <v>134439.824</v>
+        <v>136605.871</v>
       </c>
       <c r="M31" s="8">
-        <v>13163.336</v>
+        <v>13443.45</v>
       </c>
       <c r="N31" s="8">
-        <v>16521.407</v>
+        <v>16927.394</v>
       </c>
       <c r="O31" s="8">
-        <v>2495.44</v>
+        <v>2589.527</v>
       </c>
       <c r="P31" s="8">
-        <v>9202.25</v>
+        <v>9214.819</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" s="9">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B32" s="9"/>
       <c r="C32" s="8">
+        <v>635420.24</v>
+      </c>
+      <c r="D32" s="8">
+        <v>825.533</v>
+      </c>
+      <c r="E32" s="8">
+        <v>462.624</v>
+      </c>
+      <c r="F32" s="8">
+        <v>883.063</v>
+      </c>
+      <c r="G32" s="8">
+        <v>90168.66</v>
+      </c>
+      <c r="H32" s="8">
+        <v>83641.292</v>
+      </c>
+      <c r="I32" s="8">
+        <v>20038.313</v>
+      </c>
+      <c r="J32" s="8">
+        <v>21289.874</v>
+      </c>
+      <c r="K32" s="8">
+        <v>242288.626</v>
+      </c>
+      <c r="L32" s="8">
+        <v>134439.824</v>
+      </c>
+      <c r="M32" s="8">
+        <v>13163.336</v>
+      </c>
+      <c r="N32" s="8">
+        <v>16521.407</v>
+      </c>
+      <c r="O32" s="8">
+        <v>2495.44</v>
+      </c>
+      <c r="P32" s="8">
+        <v>9202.25</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" s="9">
+        <v>2017</v>
+      </c>
+      <c r="B33" s="9"/>
+      <c r="C33" s="8">
         <v>612422.976</v>
       </c>
-      <c r="D32" s="8">
+      <c r="D33" s="8">
         <v>801.64</v>
       </c>
-      <c r="E32" s="8">
+      <c r="E33" s="8">
         <v>448.225</v>
       </c>
-      <c r="F32" s="8">
+      <c r="F33" s="8">
         <v>837.6420000000001</v>
       </c>
-      <c r="G32" s="8">
+      <c r="G33" s="8">
         <v>87845.876</v>
       </c>
-      <c r="H32" s="8">
+      <c r="H33" s="8">
         <v>81729.08100000001</v>
       </c>
-      <c r="I32" s="8">
+      <c r="I33" s="8">
         <v>19969.603</v>
       </c>
-      <c r="J32" s="8">
+      <c r="J33" s="8">
         <v>20794.914</v>
       </c>
-      <c r="K32" s="8">
+      <c r="K33" s="8">
         <v>229927.957</v>
       </c>
-      <c r="L32" s="8">
+      <c r="L33" s="8">
         <v>128939.485</v>
       </c>
-      <c r="M32" s="8">
+      <c r="M33" s="8">
         <v>12926.038</v>
       </c>
-      <c r="N32" s="8">
+      <c r="N33" s="8">
         <v>16398.149</v>
       </c>
-      <c r="O32" s="8">
+      <c r="O33" s="8">
         <v>2420.437</v>
       </c>
-      <c r="P32" s="8">
+      <c r="P33" s="8">
         <v>9383.931</v>
       </c>
     </row>
-    <row r="33" spans="1:16">
-[...16 lines deleted...]
-    </row>
     <row r="34" spans="1:16">
-      <c r="A34" s="2"/>
-[...14 lines deleted...]
-      <c r="P34" s="3"/>
+      <c r="A34" s="5"/>
+      <c r="B34" s="5"/>
+      <c r="C34" s="7"/>
+      <c r="D34" s="7"/>
+      <c r="E34" s="7"/>
+      <c r="F34" s="7"/>
+      <c r="G34" s="7"/>
+      <c r="H34" s="7"/>
+      <c r="I34" s="7"/>
+      <c r="J34" s="7"/>
+      <c r="K34" s="7"/>
+      <c r="L34" s="7"/>
+      <c r="M34" s="7"/>
+      <c r="N34" s="7"/>
+      <c r="O34" s="7"/>
+      <c r="P34" s="7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="A26:B26"/>
     <mergeCell ref="A27:B27"/>
     <mergeCell ref="A28:B28"/>
     <mergeCell ref="A29:B29"/>
     <mergeCell ref="A30:B30"/>
     <mergeCell ref="A31:B31"/>
     <mergeCell ref="A32:B32"/>
+    <mergeCell ref="A33:B33"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>