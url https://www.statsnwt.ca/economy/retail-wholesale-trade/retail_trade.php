--- v5 (2026-03-11)
+++ v6 (2026-03-31)
@@ -130,84 +130,84 @@
   <si>
     <t>(V1446859941)</t>
   </si>
   <si>
     <t>(V1446859880)</t>
   </si>
   <si>
     <t>(V1446859788)</t>
   </si>
   <si>
     <t>(V1446859666)</t>
   </si>
   <si>
     <t>(V1446859635)</t>
   </si>
   <si>
     <t>(V1446859604)</t>
   </si>
   <si>
     <t>(V1446859573)</t>
   </si>
   <si>
     <t>(V1446859542)</t>
   </si>
   <si>
+    <t>Jan</t>
+  </si>
+  <si>
     <t>Dec</t>
   </si>
   <si>
     <t>Nov</t>
   </si>
   <si>
     <t>Oct</t>
   </si>
   <si>
     <t>Sep</t>
   </si>
   <si>
     <t>Aug</t>
   </si>
   <si>
     <t>Jul</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Feb</t>
-  </si>
-[...1 lines deleted...]
-    <t>Jan</t>
   </si>
   <si>
     <t>Annual Totals</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_(* #,##0.0_);_(* (#,##0.0);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -786,692 +786,692 @@
       </c>
       <c r="P6" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" s="2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="8">
-        <v>73557.462</v>
+        <v>60929.063</v>
       </c>
       <c r="D8" s="8">
-        <v>84.64400000000001</v>
+        <v>81.69199999999999</v>
       </c>
       <c r="E8" s="8">
-        <v>64.276</v>
+        <v>63.117</v>
       </c>
       <c r="F8" s="8">
-        <v>99.14</v>
+        <v>88.56999999999999</v>
       </c>
       <c r="G8" s="8">
-        <v>10262.866</v>
+        <v>8617.843999999999</v>
       </c>
       <c r="H8" s="8">
-        <v>9562.464</v>
+        <v>8203.156000000001</v>
       </c>
       <c r="I8" s="8">
-        <v>2236.343</v>
+        <v>1938.856</v>
       </c>
       <c r="J8" s="8">
-        <v>2514.441</v>
+        <v>2049.265</v>
       </c>
       <c r="K8" s="8">
-        <v>27621.965</v>
+        <v>22517.753</v>
       </c>
       <c r="L8" s="8">
-        <v>16068.196</v>
+        <v>13150.46</v>
       </c>
       <c r="M8" s="8">
-        <v>1650.708</v>
+        <v>1386.75</v>
       </c>
       <c r="N8" s="8">
-        <v>1980.309</v>
+        <v>1721.786</v>
       </c>
       <c r="O8" s="8">
-        <v>309.846</v>
+        <v>265.576</v>
       </c>
       <c r="P8" s="8">
-        <v>1102.265</v>
+        <v>844.239</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" s="2"/>
-      <c r="B9" s="2" t="s">
+      <c r="B9" s="2"/>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3"/>
+      <c r="E9" s="3"/>
+      <c r="F9" s="3"/>
+      <c r="G9" s="3"/>
+      <c r="H9" s="3"/>
+      <c r="I9" s="3"/>
+      <c r="J9" s="3"/>
+      <c r="K9" s="3"/>
+      <c r="L9" s="3"/>
+      <c r="M9" s="3"/>
+      <c r="N9" s="3"/>
+      <c r="O9" s="3"/>
+      <c r="P9" s="3"/>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" s="2">
+        <v>2025</v>
+      </c>
+      <c r="B10" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="C9" s="8">
-[...46 lines deleted...]
-      </c>
       <c r="C10" s="8">
-        <v>72473.32399999999</v>
+        <v>73378.58100000001</v>
       </c>
       <c r="D10" s="8">
-        <v>80.029</v>
+        <v>88.297</v>
       </c>
       <c r="E10" s="8">
-        <v>67.40300000000001</v>
+        <v>64.639</v>
       </c>
       <c r="F10" s="8">
-        <v>101.142</v>
+        <v>97.583</v>
       </c>
       <c r="G10" s="8">
-        <v>9619.983</v>
+        <v>10282.509</v>
       </c>
       <c r="H10" s="8">
-        <v>9376.601000000001</v>
+        <v>9504.575999999999</v>
       </c>
       <c r="I10" s="8">
-        <v>2281.309</v>
+        <v>2236.531</v>
       </c>
       <c r="J10" s="8">
-        <v>2437.251</v>
+        <v>2515.991</v>
       </c>
       <c r="K10" s="8">
-        <v>26783.696</v>
+        <v>27550.613</v>
       </c>
       <c r="L10" s="8">
-        <v>16648.997</v>
+        <v>15997.564</v>
       </c>
       <c r="M10" s="8">
-        <v>1662.127</v>
+        <v>1651.26</v>
       </c>
       <c r="N10" s="8">
-        <v>1971.041</v>
+        <v>1988.123</v>
       </c>
       <c r="O10" s="8">
-        <v>313.537</v>
+        <v>308.762</v>
       </c>
       <c r="P10" s="8">
-        <v>1130.208</v>
+        <v>1092.133</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" s="2"/>
       <c r="B11" s="2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C11" s="8">
-        <v>69497.08100000001</v>
+        <v>72226.01700000001</v>
       </c>
       <c r="D11" s="8">
-        <v>74.405</v>
+        <v>73.379</v>
       </c>
       <c r="E11" s="8">
-        <v>61.789</v>
+        <v>60.403</v>
       </c>
       <c r="F11" s="8">
-        <v>104.726</v>
+        <v>92.143</v>
       </c>
       <c r="G11" s="8">
-        <v>9405.173000000001</v>
+        <v>9827.791999999999</v>
       </c>
       <c r="H11" s="8">
-        <v>9059.826999999999</v>
+        <v>9323.370000000001</v>
       </c>
       <c r="I11" s="8">
-        <v>2170.733</v>
+        <v>2157.148</v>
       </c>
       <c r="J11" s="8">
-        <v>2328.57</v>
+        <v>2386.613</v>
       </c>
       <c r="K11" s="8">
-        <v>25906.579</v>
+        <v>27289.447</v>
       </c>
       <c r="L11" s="8">
-        <v>15645.237</v>
+        <v>16097.916</v>
       </c>
       <c r="M11" s="8">
-        <v>1518.426</v>
+        <v>1610.34</v>
       </c>
       <c r="N11" s="8">
-        <v>1863.168</v>
+        <v>1929.78</v>
       </c>
       <c r="O11" s="8">
-        <v>306.519</v>
+        <v>297.753</v>
       </c>
       <c r="P11" s="8">
-        <v>1051.929</v>
+        <v>1079.934</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" s="2"/>
       <c r="B12" s="2" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C12" s="8">
-        <v>72629.605</v>
+        <v>72473.32399999999</v>
       </c>
       <c r="D12" s="8">
-        <v>82.03100000000001</v>
+        <v>80.029</v>
       </c>
       <c r="E12" s="8">
-        <v>62.605</v>
+        <v>67.40300000000001</v>
       </c>
       <c r="F12" s="8">
-        <v>113.603</v>
+        <v>101.142</v>
       </c>
       <c r="G12" s="8">
-        <v>9932.41</v>
+        <v>9619.983</v>
       </c>
       <c r="H12" s="8">
-        <v>9338.726000000001</v>
+        <v>9376.601000000001</v>
       </c>
       <c r="I12" s="8">
-        <v>2269.969</v>
+        <v>2281.309</v>
       </c>
       <c r="J12" s="8">
-        <v>2423.197</v>
+        <v>2437.251</v>
       </c>
       <c r="K12" s="8">
-        <v>26798.348</v>
+        <v>26783.696</v>
       </c>
       <c r="L12" s="8">
-        <v>16531.989</v>
+        <v>16648.997</v>
       </c>
       <c r="M12" s="8">
-        <v>1685.398</v>
+        <v>1662.127</v>
       </c>
       <c r="N12" s="8">
-        <v>1923.08</v>
+        <v>1971.041</v>
       </c>
       <c r="O12" s="8">
-        <v>340.102</v>
+        <v>313.537</v>
       </c>
       <c r="P12" s="8">
-        <v>1128.147</v>
+        <v>1130.208</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" s="2"/>
       <c r="B13" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C13" s="8">
-        <v>73449.431</v>
+        <v>69497.08100000001</v>
       </c>
       <c r="D13" s="8">
-        <v>88.788</v>
+        <v>74.405</v>
       </c>
       <c r="E13" s="8">
-        <v>60.617</v>
+        <v>61.789</v>
       </c>
       <c r="F13" s="8">
-        <v>115.191</v>
+        <v>104.726</v>
       </c>
       <c r="G13" s="8">
-        <v>10211.214</v>
+        <v>9405.173000000001</v>
       </c>
       <c r="H13" s="8">
-        <v>9399.52</v>
+        <v>9059.826999999999</v>
       </c>
       <c r="I13" s="8">
-        <v>2298.069</v>
+        <v>2170.733</v>
       </c>
       <c r="J13" s="8">
-        <v>2498.282</v>
+        <v>2328.57</v>
       </c>
       <c r="K13" s="8">
-        <v>26956.52</v>
+        <v>25906.579</v>
       </c>
       <c r="L13" s="8">
-        <v>16684.17</v>
+        <v>15645.237</v>
       </c>
       <c r="M13" s="8">
-        <v>1693.636</v>
+        <v>1518.426</v>
       </c>
       <c r="N13" s="8">
-        <v>1963.765</v>
+        <v>1863.168</v>
       </c>
       <c r="O13" s="8">
-        <v>354.087</v>
+        <v>306.519</v>
       </c>
       <c r="P13" s="8">
-        <v>1125.571</v>
+        <v>1051.929</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" s="2"/>
       <c r="B14" s="2" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C14" s="8">
-        <v>72686.79700000001</v>
+        <v>72629.605</v>
       </c>
       <c r="D14" s="8">
-        <v>85.03</v>
+        <v>82.03100000000001</v>
       </c>
       <c r="E14" s="8">
-        <v>57.861</v>
+        <v>62.605</v>
       </c>
       <c r="F14" s="8">
-        <v>108.725</v>
+        <v>113.603</v>
       </c>
       <c r="G14" s="8">
-        <v>9869.491</v>
+        <v>9932.41</v>
       </c>
       <c r="H14" s="8">
-        <v>9337.055</v>
+        <v>9338.726000000001</v>
       </c>
       <c r="I14" s="8">
-        <v>2351.621</v>
+        <v>2269.969</v>
       </c>
       <c r="J14" s="8">
-        <v>2450.016</v>
+        <v>2423.197</v>
       </c>
       <c r="K14" s="8">
-        <v>27170.418</v>
+        <v>26798.348</v>
       </c>
       <c r="L14" s="8">
-        <v>16222.823</v>
+        <v>16531.989</v>
       </c>
       <c r="M14" s="8">
-        <v>1641.454</v>
+        <v>1685.398</v>
       </c>
       <c r="N14" s="8">
-        <v>1944.559</v>
+        <v>1923.08</v>
       </c>
       <c r="O14" s="8">
-        <v>329.944</v>
+        <v>340.102</v>
       </c>
       <c r="P14" s="8">
-        <v>1117.8</v>
+        <v>1128.147</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" s="2"/>
       <c r="B15" s="2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C15" s="8">
-        <v>76285.34</v>
+        <v>73449.431</v>
       </c>
       <c r="D15" s="8">
-        <v>85.95999999999999</v>
+        <v>88.788</v>
       </c>
       <c r="E15" s="8">
-        <v>64.44499999999999</v>
+        <v>60.617</v>
       </c>
       <c r="F15" s="8">
-        <v>107.766</v>
+        <v>115.191</v>
       </c>
       <c r="G15" s="8">
-        <v>10242.593</v>
+        <v>10211.214</v>
       </c>
       <c r="H15" s="8">
-        <v>9820.214</v>
+        <v>9399.52</v>
       </c>
       <c r="I15" s="8">
-        <v>2519.635</v>
+        <v>2298.069</v>
       </c>
       <c r="J15" s="8">
-        <v>2632.406</v>
+        <v>2498.282</v>
       </c>
       <c r="K15" s="8">
-        <v>28192.275</v>
+        <v>26956.52</v>
       </c>
       <c r="L15" s="8">
-        <v>17386.798</v>
+        <v>16684.17</v>
       </c>
       <c r="M15" s="8">
-        <v>1675.68</v>
+        <v>1693.636</v>
       </c>
       <c r="N15" s="8">
-        <v>2078.825</v>
+        <v>1963.765</v>
       </c>
       <c r="O15" s="8">
-        <v>337.014</v>
+        <v>354.087</v>
       </c>
       <c r="P15" s="8">
-        <v>1141.727</v>
+        <v>1125.571</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" s="2"/>
       <c r="B16" s="2" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C16" s="8">
-        <v>70822.70299999999</v>
+        <v>72686.79700000001</v>
       </c>
       <c r="D16" s="8">
-        <v>86.97199999999999</v>
+        <v>85.03</v>
       </c>
       <c r="E16" s="8">
-        <v>69.974</v>
+        <v>57.861</v>
       </c>
       <c r="F16" s="8">
-        <v>97.66800000000001</v>
+        <v>108.725</v>
       </c>
       <c r="G16" s="8">
-        <v>9754.662</v>
+        <v>9869.491</v>
       </c>
       <c r="H16" s="8">
-        <v>8991.583000000001</v>
+        <v>9337.055</v>
       </c>
       <c r="I16" s="8">
-        <v>2284.835</v>
+        <v>2351.621</v>
       </c>
       <c r="J16" s="8">
-        <v>2412.116</v>
+        <v>2450.016</v>
       </c>
       <c r="K16" s="8">
-        <v>26285.961</v>
+        <v>27170.418</v>
       </c>
       <c r="L16" s="8">
-        <v>16076.788</v>
+        <v>16222.823</v>
       </c>
       <c r="M16" s="8">
-        <v>1547.777</v>
+        <v>1641.454</v>
       </c>
       <c r="N16" s="8">
-        <v>1877.354</v>
+        <v>1944.559</v>
       </c>
       <c r="O16" s="8">
-        <v>298.655</v>
+        <v>329.944</v>
       </c>
       <c r="P16" s="8">
-        <v>1038.358</v>
+        <v>1117.8</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="2"/>
       <c r="B17" s="2" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C17" s="8">
-        <v>66742.295</v>
+        <v>76285.34</v>
       </c>
       <c r="D17" s="8">
-        <v>92.32599999999999</v>
+        <v>85.95999999999999</v>
       </c>
       <c r="E17" s="8">
-        <v>68.733</v>
+        <v>64.44499999999999</v>
       </c>
       <c r="F17" s="8">
-        <v>93.33799999999999</v>
+        <v>107.766</v>
       </c>
       <c r="G17" s="8">
-        <v>9207.924000000001</v>
+        <v>10242.593</v>
       </c>
       <c r="H17" s="8">
-        <v>8800.422</v>
+        <v>9820.214</v>
       </c>
       <c r="I17" s="8">
-        <v>2140.676</v>
+        <v>2519.635</v>
       </c>
       <c r="J17" s="8">
-        <v>2307.462</v>
+        <v>2632.406</v>
       </c>
       <c r="K17" s="8">
-        <v>24982.045</v>
+        <v>28192.275</v>
       </c>
       <c r="L17" s="8">
-        <v>14507.916</v>
+        <v>17386.798</v>
       </c>
       <c r="M17" s="8">
-        <v>1466.544</v>
+        <v>1675.68</v>
       </c>
       <c r="N17" s="8">
-        <v>1816.005</v>
+        <v>2078.825</v>
       </c>
       <c r="O17" s="8">
-        <v>283.774</v>
+        <v>337.014</v>
       </c>
       <c r="P17" s="8">
-        <v>975.13</v>
+        <v>1141.727</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" s="2"/>
       <c r="B18" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C18" s="8">
-        <v>56837.475</v>
+        <v>70822.70299999999</v>
       </c>
       <c r="D18" s="8">
-        <v>85.577</v>
+        <v>86.97199999999999</v>
       </c>
       <c r="E18" s="8">
-        <v>58.938</v>
+        <v>69.974</v>
       </c>
       <c r="F18" s="8">
-        <v>76.76900000000001</v>
+        <v>97.66800000000001</v>
       </c>
       <c r="G18" s="8">
-        <v>7917.333</v>
+        <v>9754.662</v>
       </c>
       <c r="H18" s="8">
-        <v>7506.397</v>
+        <v>8991.583000000001</v>
       </c>
       <c r="I18" s="8">
-        <v>1827.666</v>
+        <v>2284.835</v>
       </c>
       <c r="J18" s="8">
-        <v>1998.724</v>
+        <v>2412.116</v>
       </c>
       <c r="K18" s="8">
-        <v>21179.322</v>
+        <v>26285.961</v>
       </c>
       <c r="L18" s="8">
-        <v>12372.103</v>
+        <v>16076.788</v>
       </c>
       <c r="M18" s="8">
-        <v>1226.11</v>
+        <v>1547.777</v>
       </c>
       <c r="N18" s="8">
-        <v>1487.681</v>
+        <v>1877.354</v>
       </c>
       <c r="O18" s="8">
-        <v>238.137</v>
+        <v>298.655</v>
       </c>
       <c r="P18" s="8">
-        <v>862.7190000000001</v>
+        <v>1038.358</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" s="2"/>
       <c r="B19" s="2" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C19" s="8">
-        <v>59851.047</v>
+        <v>66742.295</v>
       </c>
       <c r="D19" s="8">
-        <v>84.518</v>
+        <v>92.32599999999999</v>
       </c>
       <c r="E19" s="8">
-        <v>60.155</v>
+        <v>68.733</v>
       </c>
       <c r="F19" s="8">
-        <v>80.67100000000001</v>
+        <v>93.33799999999999</v>
       </c>
       <c r="G19" s="8">
-        <v>8491.487999999999</v>
+        <v>9207.924000000001</v>
       </c>
       <c r="H19" s="8">
-        <v>7760.464</v>
+        <v>8800.422</v>
       </c>
       <c r="I19" s="8">
-        <v>1931.173</v>
+        <v>2140.676</v>
       </c>
       <c r="J19" s="8">
-        <v>2033.94</v>
+        <v>2307.462</v>
       </c>
       <c r="K19" s="8">
-        <v>22368.836</v>
+        <v>24982.045</v>
       </c>
       <c r="L19" s="8">
-        <v>12847.021</v>
+        <v>14507.916</v>
       </c>
       <c r="M19" s="8">
-        <v>1344.14</v>
+        <v>1466.544</v>
       </c>
       <c r="N19" s="8">
-        <v>1680.631</v>
+        <v>1816.005</v>
       </c>
       <c r="O19" s="8">
-        <v>258.804</v>
+        <v>283.774</v>
       </c>
       <c r="P19" s="8">
-        <v>909.206</v>
+        <v>975.13</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" s="2"/>
-      <c r="B20" s="2"/>
-[...13 lines deleted...]
-      <c r="P20" s="3"/>
+      <c r="B20" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="C20" s="8">
+        <v>56837.475</v>
+      </c>
+      <c r="D20" s="8">
+        <v>85.577</v>
+      </c>
+      <c r="E20" s="8">
+        <v>58.938</v>
+      </c>
+      <c r="F20" s="8">
+        <v>76.76900000000001</v>
+      </c>
+      <c r="G20" s="8">
+        <v>7917.333</v>
+      </c>
+      <c r="H20" s="8">
+        <v>7506.397</v>
+      </c>
+      <c r="I20" s="8">
+        <v>1827.666</v>
+      </c>
+      <c r="J20" s="8">
+        <v>1998.724</v>
+      </c>
+      <c r="K20" s="8">
+        <v>21179.322</v>
+      </c>
+      <c r="L20" s="8">
+        <v>12372.103</v>
+      </c>
+      <c r="M20" s="8">
+        <v>1226.11</v>
+      </c>
+      <c r="N20" s="8">
+        <v>1487.681</v>
+      </c>
+      <c r="O20" s="8">
+        <v>238.137</v>
+      </c>
+      <c r="P20" s="8">
+        <v>862.7190000000001</v>
+      </c>
     </row>
     <row r="21" spans="1:16">
-      <c r="A21" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="A21" s="2"/>
       <c r="B21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="8">
-        <v>72004.93399999999</v>
+        <v>59851.047</v>
       </c>
       <c r="D21" s="8">
-        <v>89.98</v>
+        <v>84.518</v>
       </c>
       <c r="E21" s="8">
-        <v>68.753</v>
+        <v>60.155</v>
       </c>
       <c r="F21" s="8">
-        <v>90.291</v>
+        <v>80.67100000000001</v>
       </c>
       <c r="G21" s="8">
-        <v>9799.370000000001</v>
+        <v>8491.487999999999</v>
       </c>
       <c r="H21" s="8">
-        <v>9186.378000000001</v>
+        <v>7760.464</v>
       </c>
       <c r="I21" s="8">
-        <v>2196.035</v>
+        <v>1931.173</v>
       </c>
       <c r="J21" s="8">
-        <v>2436.894</v>
+        <v>2033.94</v>
       </c>
       <c r="K21" s="8">
-        <v>27505.605</v>
+        <v>22368.836</v>
       </c>
       <c r="L21" s="8">
-        <v>15759.666</v>
+        <v>12847.021</v>
       </c>
       <c r="M21" s="8">
-        <v>1546.735</v>
+        <v>1344.14</v>
       </c>
       <c r="N21" s="8">
-        <v>1909.503</v>
+        <v>1680.631</v>
       </c>
       <c r="O21" s="8">
-        <v>298.084</v>
+        <v>258.804</v>
       </c>
       <c r="P21" s="8">
-        <v>1117.64</v>
+        <v>909.206</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
       <c r="O22" s="3"/>
       <c r="P22" s="3"/>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" s="5" t="s">
         <v>43</v>
       </c>
       <c r="B23" s="5"/>
@@ -1492,90 +1492,90 @@
     </row>
     <row r="24" spans="1:16">
       <c r="A24" s="2"/>
       <c r="B24" s="2"/>
       <c r="C24" s="3"/>
       <c r="D24" s="3"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
       <c r="L24" s="3"/>
       <c r="M24" s="3"/>
       <c r="N24" s="3"/>
       <c r="O24" s="3"/>
       <c r="P24" s="3"/>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" s="9">
         <v>2025</v>
       </c>
       <c r="B25" s="9"/>
       <c r="C25" s="8">
-        <v>837058.577</v>
+        <v>836879.696</v>
       </c>
       <c r="D25" s="8">
-        <v>1003.659</v>
+        <v>1007.312</v>
       </c>
       <c r="E25" s="8">
-        <v>757.199</v>
+        <v>757.562</v>
       </c>
       <c r="F25" s="8">
-        <v>1190.882</v>
+        <v>1189.325</v>
       </c>
       <c r="G25" s="8">
-        <v>114742.929</v>
+        <v>114762.572</v>
       </c>
       <c r="H25" s="8">
-        <v>108276.643</v>
+        <v>108218.755</v>
       </c>
       <c r="I25" s="8">
-        <v>26469.177</v>
+        <v>26469.365</v>
       </c>
       <c r="J25" s="8">
-        <v>28423.018</v>
+        <v>28424.568</v>
       </c>
       <c r="K25" s="8">
-        <v>311535.412</v>
+        <v>311464.06</v>
       </c>
       <c r="L25" s="8">
-        <v>187089.954</v>
+        <v>187019.322</v>
       </c>
       <c r="M25" s="8">
-        <v>18722.34</v>
+        <v>18722.892</v>
       </c>
       <c r="N25" s="8">
-        <v>22516.198</v>
+        <v>22524.012</v>
       </c>
       <c r="O25" s="8">
-        <v>3668.172</v>
+        <v>3667.088</v>
       </c>
       <c r="P25" s="8">
-        <v>12662.994</v>
+        <v>12652.862</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" s="9">
         <v>2024</v>
       </c>
       <c r="B26" s="9"/>
       <c r="C26" s="8">
         <v>804991.176</v>
       </c>
       <c r="D26" s="8">
         <v>1006.896</v>
       </c>
       <c r="E26" s="8">
         <v>676.0940000000001</v>
       </c>
       <c r="F26" s="8">
         <v>1177.552</v>
       </c>
       <c r="G26" s="8">
         <v>108383.585</v>
       </c>
       <c r="H26" s="8">
         <v>103732.708</v>
       </c>