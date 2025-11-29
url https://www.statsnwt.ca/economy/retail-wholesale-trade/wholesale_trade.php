--- v0 (2025-10-20)
+++ v1 (2025-11-29)
@@ -130,84 +130,84 @@
   <si>
     <t>(V1545665348)</t>
   </si>
   <si>
     <t>(V1545665347)</t>
   </si>
   <si>
     <t>(V1545665346)</t>
   </si>
   <si>
     <t>(V1545665345)</t>
   </si>
   <si>
     <t>(V1545665344)</t>
   </si>
   <si>
     <t>(V1545665343)</t>
   </si>
   <si>
     <t>(V1545665342)</t>
   </si>
   <si>
     <t>(V1545665341)</t>
   </si>
   <si>
+    <t>Sep</t>
+  </si>
+  <si>
     <t>Aug</t>
   </si>
   <si>
     <t>Jul</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Dec</t>
   </si>
   <si>
     <t>Nov</t>
   </si>
   <si>
     <t>Oct</t>
-  </si>
-[...1 lines deleted...]
-    <t>Sep</t>
   </si>
   <si>
     <t>Annual Totals</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_(* #,##0.0_);_(* (#,##0.0);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -792,686 +792,686 @@
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" s="2">
         <v>2025</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="8">
-        <v>82929.501</v>
+        <v>87920.542</v>
       </c>
       <c r="D8" s="8">
-        <v>24.832</v>
+        <v>23.451</v>
       </c>
       <c r="E8" s="8">
-        <v>22.849</v>
+        <v>19.01</v>
       </c>
       <c r="F8" s="8">
-        <v>21.031</v>
+        <v>17.941</v>
       </c>
       <c r="G8" s="8">
-        <v>7875.647</v>
+        <v>8580.23</v>
       </c>
       <c r="H8" s="8">
-        <v>9252.436</v>
+        <v>9913.797</v>
       </c>
       <c r="I8" s="8">
-        <v>3702.22</v>
+        <v>3343.843</v>
       </c>
       <c r="J8" s="8">
-        <v>1970.28</v>
+        <v>1891.038</v>
       </c>
       <c r="K8" s="8">
-        <v>42271.752</v>
+        <v>45372.646</v>
       </c>
       <c r="L8" s="8">
-        <v>15115.132</v>
+        <v>15950.418</v>
       </c>
       <c r="M8" s="8">
-        <v>908.942</v>
+        <v>876.519</v>
       </c>
       <c r="N8" s="8">
-        <v>1167.428</v>
+        <v>1326.553</v>
       </c>
       <c r="O8" s="8">
-        <v>104.146</v>
+        <v>111.228</v>
       </c>
       <c r="P8" s="8">
-        <v>492.805</v>
+        <v>493.869</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" s="2"/>
       <c r="B9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C9" s="8">
-        <v>86925.379</v>
+        <v>82915.92600000001</v>
       </c>
       <c r="D9" s="8">
-        <v>27.791</v>
+        <v>25.062</v>
       </c>
       <c r="E9" s="8">
-        <v>43.757</v>
+        <v>23.099</v>
       </c>
       <c r="F9" s="8">
-        <v>25.609</v>
+        <v>20.876</v>
       </c>
       <c r="G9" s="8">
-        <v>8366.531000000001</v>
+        <v>8004.638</v>
       </c>
       <c r="H9" s="8">
-        <v>9735.977999999999</v>
+        <v>9181.6</v>
       </c>
       <c r="I9" s="8">
-        <v>3252.101</v>
+        <v>3622.122</v>
       </c>
       <c r="J9" s="8">
-        <v>2088.68</v>
+        <v>1912.492</v>
       </c>
       <c r="K9" s="8">
-        <v>44910.829</v>
+        <v>42240.544</v>
       </c>
       <c r="L9" s="8">
-        <v>15456.299</v>
+        <v>15223.755</v>
       </c>
       <c r="M9" s="8">
-        <v>989.08</v>
+        <v>917.186</v>
       </c>
       <c r="N9" s="8">
-        <v>1353.698</v>
+        <v>1160.914</v>
       </c>
       <c r="O9" s="8">
-        <v>109.504</v>
+        <v>93.379</v>
       </c>
       <c r="P9" s="8">
-        <v>565.521</v>
+        <v>490.258</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" s="2"/>
       <c r="B10" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="8">
-        <v>87865.31200000001</v>
+        <v>86728.939</v>
       </c>
       <c r="D10" s="8">
-        <v>46.149</v>
+        <v>28.17</v>
       </c>
       <c r="E10" s="8">
-        <v>19.767</v>
+        <v>43.758</v>
       </c>
       <c r="F10" s="8">
-        <v>20.117</v>
+        <v>25.421</v>
       </c>
       <c r="G10" s="8">
-        <v>8333.931</v>
+        <v>8398.692999999999</v>
       </c>
       <c r="H10" s="8">
-        <v>9522.295</v>
+        <v>9721.152</v>
       </c>
       <c r="I10" s="8">
-        <v>3661.087</v>
+        <v>3245.707</v>
       </c>
       <c r="J10" s="8">
-        <v>2203.051</v>
+        <v>2033.815</v>
       </c>
       <c r="K10" s="8">
-        <v>45343.987</v>
+        <v>44756.384</v>
       </c>
       <c r="L10" s="8">
-        <v>15488.069</v>
+        <v>15433.379</v>
       </c>
       <c r="M10" s="8">
-        <v>1090.738</v>
+        <v>1004.517</v>
       </c>
       <c r="N10" s="8">
-        <v>1456.916</v>
+        <v>1358.865</v>
       </c>
       <c r="O10" s="8">
-        <v>147.825</v>
+        <v>109.907</v>
       </c>
       <c r="P10" s="8">
-        <v>531.3819999999999</v>
+        <v>569.172</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" s="2"/>
       <c r="B11" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="8">
-        <v>91056.128</v>
+        <v>87707.325</v>
       </c>
       <c r="D11" s="8">
-        <v>30.613</v>
+        <v>46.426</v>
       </c>
       <c r="E11" s="8">
-        <v>20.542</v>
+        <v>24.8</v>
       </c>
       <c r="F11" s="8">
-        <v>16.818</v>
+        <v>19.927</v>
       </c>
       <c r="G11" s="8">
-        <v>8618.504999999999</v>
+        <v>8307.704</v>
       </c>
       <c r="H11" s="8">
-        <v>10675.015</v>
+        <v>9600.271000000001</v>
       </c>
       <c r="I11" s="8">
-        <v>4610.957</v>
+        <v>3646.586</v>
       </c>
       <c r="J11" s="8">
-        <v>2402.502</v>
+        <v>2186.725</v>
       </c>
       <c r="K11" s="8">
-        <v>45236.389</v>
+        <v>45206.817</v>
       </c>
       <c r="L11" s="8">
-        <v>16131.276</v>
+        <v>15456.403</v>
       </c>
       <c r="M11" s="8">
-        <v>1069.042</v>
+        <v>1091.234</v>
       </c>
       <c r="N11" s="8">
-        <v>1543.58</v>
+        <v>1452.881</v>
       </c>
       <c r="O11" s="8">
-        <v>162.263</v>
+        <v>146.011</v>
       </c>
       <c r="P11" s="8">
-        <v>538.627</v>
+        <v>521.539</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" s="2"/>
       <c r="B12" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="8">
-        <v>85717.986</v>
+        <v>90959.526</v>
       </c>
       <c r="D12" s="8">
-        <v>22.999</v>
+        <v>30.724</v>
       </c>
       <c r="E12" s="8">
-        <v>11.156</v>
+        <v>20.541</v>
       </c>
       <c r="F12" s="8">
-        <v>15.678</v>
+        <v>21.391</v>
       </c>
       <c r="G12" s="8">
-        <v>7948.866</v>
+        <v>8570.860000000001</v>
       </c>
       <c r="H12" s="8">
-        <v>9898.859</v>
+        <v>10743.704</v>
       </c>
       <c r="I12" s="8">
-        <v>4093.206</v>
+        <v>4615.058</v>
       </c>
       <c r="J12" s="8">
-        <v>2132.719</v>
+        <v>2365.162</v>
       </c>
       <c r="K12" s="8">
-        <v>42954.929</v>
+        <v>45202.771</v>
       </c>
       <c r="L12" s="8">
-        <v>15793.823</v>
+        <v>16091.935</v>
       </c>
       <c r="M12" s="8">
-        <v>930.949</v>
+        <v>1067.886</v>
       </c>
       <c r="N12" s="8">
-        <v>1292.058</v>
+        <v>1530.209</v>
       </c>
       <c r="O12" s="8">
-        <v>113.006</v>
+        <v>161.419</v>
       </c>
       <c r="P12" s="8">
-        <v>509.738</v>
+        <v>537.8680000000001</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" s="2"/>
       <c r="B13" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="8">
-        <v>89000.432</v>
+        <v>85652.058</v>
       </c>
       <c r="D13" s="8">
-        <v>33.604</v>
+        <v>22.951</v>
       </c>
       <c r="E13" s="8">
-        <v>8.93</v>
+        <v>9.066000000000001</v>
       </c>
       <c r="F13" s="8">
-        <v>13.134</v>
+        <v>18.026</v>
       </c>
       <c r="G13" s="8">
-        <v>8329.928</v>
+        <v>7889.678</v>
       </c>
       <c r="H13" s="8">
-        <v>9991.103999999999</v>
+        <v>10141.219</v>
       </c>
       <c r="I13" s="8">
-        <v>4093.136</v>
+        <v>4034.114</v>
       </c>
       <c r="J13" s="8">
-        <v>2138.308</v>
+        <v>2099.739</v>
       </c>
       <c r="K13" s="8">
-        <v>46439.538</v>
+        <v>42751.322</v>
       </c>
       <c r="L13" s="8">
-        <v>15497.471</v>
+        <v>15762.427</v>
       </c>
       <c r="M13" s="8">
-        <v>671.623</v>
+        <v>1016.007</v>
       </c>
       <c r="N13" s="8">
-        <v>1230.072</v>
+        <v>1284.834</v>
       </c>
       <c r="O13" s="8">
-        <v>91.79600000000001</v>
+        <v>112.363</v>
       </c>
       <c r="P13" s="8">
-        <v>461.788</v>
+        <v>510.311</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" s="2"/>
       <c r="B14" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="8">
-        <v>75476.02899999999</v>
+        <v>89047.001</v>
       </c>
       <c r="D14" s="8">
-        <v>27.194</v>
+        <v>33.467</v>
       </c>
       <c r="E14" s="8">
-        <v>5.627</v>
+        <v>8.914999999999999</v>
       </c>
       <c r="F14" s="8">
-        <v>14.308</v>
+        <v>13.457</v>
       </c>
       <c r="G14" s="8">
-        <v>7208.714</v>
+        <v>8279.578</v>
       </c>
       <c r="H14" s="8">
-        <v>8551.602999999999</v>
+        <v>10265.489</v>
       </c>
       <c r="I14" s="8">
-        <v>2887.951</v>
+        <v>4088.782</v>
       </c>
       <c r="J14" s="8">
-        <v>1738.412</v>
+        <v>2123.181</v>
       </c>
       <c r="K14" s="8">
-        <v>39498.109</v>
+        <v>46215.842</v>
       </c>
       <c r="L14" s="8">
-        <v>13471.407</v>
+        <v>15471.529</v>
       </c>
       <c r="M14" s="8">
-        <v>599.978</v>
+        <v>766.169</v>
       </c>
       <c r="N14" s="8">
-        <v>1002.113</v>
+        <v>1230.728</v>
       </c>
       <c r="O14" s="8">
-        <v>80.70999999999999</v>
+        <v>89.026</v>
       </c>
       <c r="P14" s="8">
-        <v>389.903</v>
+        <v>460.838</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" s="2"/>
       <c r="B15" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="8">
-        <v>78142.86900000001</v>
+        <v>75369.59600000001</v>
       </c>
       <c r="D15" s="8">
-        <v>24.906</v>
+        <v>27.207</v>
       </c>
       <c r="E15" s="8">
-        <v>6.613</v>
+        <v>5.618</v>
       </c>
       <c r="F15" s="8">
-        <v>11.894</v>
+        <v>14.508</v>
       </c>
       <c r="G15" s="8">
-        <v>7804.78</v>
+        <v>7161.738</v>
       </c>
       <c r="H15" s="8">
-        <v>8557.177</v>
+        <v>8764.584000000001</v>
       </c>
       <c r="I15" s="8">
-        <v>2922.762</v>
+        <v>2866.446</v>
       </c>
       <c r="J15" s="8">
-        <v>1795.598</v>
+        <v>1684.607</v>
       </c>
       <c r="K15" s="8">
-        <v>40707.856</v>
+        <v>39181.277</v>
       </c>
       <c r="L15" s="8">
-        <v>13944.728</v>
+        <v>13470.126</v>
       </c>
       <c r="M15" s="8">
-        <v>678.599</v>
+        <v>679.09</v>
       </c>
       <c r="N15" s="8">
-        <v>1162.713</v>
+        <v>1008.05</v>
       </c>
       <c r="O15" s="8">
-        <v>84.765</v>
+        <v>77.63800000000001</v>
       </c>
       <c r="P15" s="8">
-        <v>440.476</v>
+        <v>428.706</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" s="2"/>
-      <c r="B16" s="2"/>
-[...13 lines deleted...]
-      <c r="P16" s="3"/>
+      <c r="B16" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C16" s="8">
+        <v>78203.371</v>
+      </c>
+      <c r="D16" s="8">
+        <v>25.043</v>
+      </c>
+      <c r="E16" s="8">
+        <v>6.641</v>
+      </c>
+      <c r="F16" s="8">
+        <v>12.19</v>
+      </c>
+      <c r="G16" s="8">
+        <v>7811.804</v>
+      </c>
+      <c r="H16" s="8">
+        <v>8849.825999999999</v>
+      </c>
+      <c r="I16" s="8">
+        <v>2902.56</v>
+      </c>
+      <c r="J16" s="8">
+        <v>1774.373</v>
+      </c>
+      <c r="K16" s="8">
+        <v>40459.665</v>
+      </c>
+      <c r="L16" s="8">
+        <v>13868.389</v>
+      </c>
+      <c r="M16" s="8">
+        <v>777.181</v>
+      </c>
+      <c r="N16" s="8">
+        <v>1157.819</v>
+      </c>
+      <c r="O16" s="8">
+        <v>86.123</v>
+      </c>
+      <c r="P16" s="8">
+        <v>471.757</v>
+      </c>
     </row>
     <row r="17" spans="1:16">
-      <c r="A17" s="2">
+      <c r="A17" s="2"/>
+      <c r="B17" s="2"/>
+      <c r="C17" s="3"/>
+      <c r="D17" s="3"/>
+      <c r="E17" s="3"/>
+      <c r="F17" s="3"/>
+      <c r="G17" s="3"/>
+      <c r="H17" s="3"/>
+      <c r="I17" s="3"/>
+      <c r="J17" s="3"/>
+      <c r="K17" s="3"/>
+      <c r="L17" s="3"/>
+      <c r="M17" s="3"/>
+      <c r="N17" s="3"/>
+      <c r="O17" s="3"/>
+      <c r="P17" s="3"/>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" s="2">
         <v>2024</v>
       </c>
-      <c r="B17" s="2" t="s">
-[...46 lines deleted...]
-      <c r="A18" s="2"/>
       <c r="B18" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="8">
-        <v>84729.16499999999</v>
+        <v>78992.924</v>
       </c>
       <c r="D18" s="8">
-        <v>28.309</v>
+        <v>25.439</v>
       </c>
       <c r="E18" s="8">
-        <v>0</v>
+        <v>7.367</v>
       </c>
       <c r="F18" s="8">
-        <v>0</v>
+        <v>14.668</v>
       </c>
       <c r="G18" s="8">
-        <v>7800.15</v>
+        <v>7306.433</v>
       </c>
       <c r="H18" s="8">
-        <v>8977.728999999999</v>
+        <v>8652.614</v>
       </c>
       <c r="I18" s="8">
-        <v>3505.694</v>
+        <v>3199.887</v>
       </c>
       <c r="J18" s="8">
-        <v>1808.876</v>
+        <v>1676.744</v>
       </c>
       <c r="K18" s="8">
-        <v>44874.693</v>
+        <v>41853.359</v>
       </c>
       <c r="L18" s="8">
-        <v>15315.343</v>
+        <v>13808.126</v>
       </c>
       <c r="M18" s="8">
-        <v>699.1950000000001</v>
+        <v>737.422</v>
       </c>
       <c r="N18" s="8">
-        <v>1163.474</v>
+        <v>1152.957</v>
       </c>
       <c r="O18" s="8">
-        <v>88.07899999999999</v>
+        <v>88.822</v>
       </c>
       <c r="P18" s="8">
-        <v>442.811</v>
+        <v>469.087</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" s="2"/>
       <c r="B19" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C19" s="8">
-        <v>90105.49400000001</v>
+        <v>84509.82399999999</v>
       </c>
       <c r="D19" s="8">
-        <v>28.706</v>
+        <v>28.424</v>
       </c>
       <c r="E19" s="8">
         <v>0</v>
       </c>
       <c r="F19" s="8">
         <v>0</v>
       </c>
       <c r="G19" s="8">
-        <v>8730.392</v>
+        <v>7620.365</v>
       </c>
       <c r="H19" s="8">
-        <v>9549.968000000001</v>
+        <v>8794.281999999999</v>
       </c>
       <c r="I19" s="8">
-        <v>3965.347</v>
+        <v>3568.402</v>
       </c>
       <c r="J19" s="8">
-        <v>2109.341</v>
+        <v>1807.886</v>
       </c>
       <c r="K19" s="8">
-        <v>46496.642</v>
+        <v>45029.117</v>
       </c>
       <c r="L19" s="8">
-        <v>16577.94</v>
+        <v>15182.723</v>
       </c>
       <c r="M19" s="8">
-        <v>814.001</v>
+        <v>769.999</v>
       </c>
       <c r="N19" s="8">
-        <v>1210.008</v>
+        <v>1166.829</v>
       </c>
       <c r="O19" s="8">
-        <v>106.898</v>
+        <v>87.124</v>
       </c>
       <c r="P19" s="8">
-        <v>490.175</v>
+        <v>429.739</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" s="2"/>
       <c r="B20" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="8">
-        <v>81950.33500000001</v>
+        <v>90069.841</v>
       </c>
       <c r="D20" s="8">
-        <v>42.497</v>
+        <v>28.655</v>
       </c>
       <c r="E20" s="8">
         <v>0</v>
       </c>
       <c r="F20" s="8">
         <v>0</v>
       </c>
       <c r="G20" s="8">
-        <v>7815.946</v>
+        <v>8561.790000000001</v>
       </c>
       <c r="H20" s="8">
-        <v>8754.469999999999</v>
+        <v>9513.282999999999</v>
       </c>
       <c r="I20" s="8">
-        <v>2843.101</v>
+        <v>4068.477</v>
       </c>
       <c r="J20" s="8">
-        <v>1844.36</v>
+        <v>2096.929</v>
       </c>
       <c r="K20" s="8">
-        <v>43340.727</v>
+        <v>46577.749</v>
       </c>
       <c r="L20" s="8">
-        <v>14831.176</v>
+        <v>16469.077</v>
       </c>
       <c r="M20" s="8">
-        <v>733.418</v>
+        <v>910.702</v>
       </c>
       <c r="N20" s="8">
-        <v>1145.312</v>
+        <v>1228.309</v>
       </c>
       <c r="O20" s="8">
-        <v>105.558</v>
+        <v>103.194</v>
       </c>
       <c r="P20" s="8">
-        <v>449.673</v>
+        <v>485.785</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" s="2"/>
       <c r="B21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="8">
-        <v>81853.443</v>
+        <v>81657.75999999999</v>
       </c>
       <c r="D21" s="8">
-        <v>29.575</v>
+        <v>42.505</v>
       </c>
       <c r="E21" s="8">
         <v>0</v>
       </c>
       <c r="F21" s="8">
         <v>0</v>
       </c>
       <c r="G21" s="8">
-        <v>7984.869</v>
+        <v>7642.409</v>
       </c>
       <c r="H21" s="8">
-        <v>8835.427</v>
+        <v>8687.955</v>
       </c>
       <c r="I21" s="8">
-        <v>3318.074</v>
+        <v>2934.541</v>
       </c>
       <c r="J21" s="8">
-        <v>1930.385</v>
+        <v>1838.191</v>
       </c>
       <c r="K21" s="8">
-        <v>42013.764</v>
+        <v>43230.353</v>
       </c>
       <c r="L21" s="8">
-        <v>15126.397</v>
+        <v>14745.912</v>
       </c>
       <c r="M21" s="8">
-        <v>791.391</v>
+        <v>808.104</v>
       </c>
       <c r="N21" s="8">
-        <v>1179.597</v>
+        <v>1136.224</v>
       </c>
       <c r="O21" s="8">
-        <v>111.018</v>
+        <v>103.196</v>
       </c>
       <c r="P21" s="8">
-        <v>470.331</v>
+        <v>444.886</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
       <c r="O22" s="3"/>
       <c r="P22" s="3"/>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" s="5" t="s">
         <v>43</v>
       </c>
       <c r="B23" s="5"/>
@@ -1492,90 +1492,90 @@
     </row>
     <row r="24" spans="1:16">
       <c r="A24" s="2"/>
       <c r="B24" s="2"/>
       <c r="C24" s="3"/>
       <c r="D24" s="3"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
       <c r="L24" s="3"/>
       <c r="M24" s="3"/>
       <c r="N24" s="3"/>
       <c r="O24" s="3"/>
       <c r="P24" s="3"/>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" s="9">
         <v>2024</v>
       </c>
       <c r="B25" s="9"/>
       <c r="C25" s="8">
-        <v>995154.491</v>
+        <v>994512.224</v>
       </c>
       <c r="D25" s="8">
-        <v>395.325</v>
+        <v>400.881</v>
       </c>
       <c r="E25" s="8">
-        <v>0</v>
+        <v>7.367</v>
       </c>
       <c r="F25" s="8">
-        <v>0</v>
+        <v>14.668</v>
       </c>
       <c r="G25" s="8">
-        <v>94341.196</v>
+        <v>92745.087</v>
       </c>
       <c r="H25" s="8">
-        <v>108943.835</v>
+        <v>109621.449</v>
       </c>
       <c r="I25" s="8">
-        <v>41638.475</v>
+        <v>43660.804</v>
       </c>
       <c r="J25" s="8">
-        <v>23697.916</v>
+        <v>23449.329</v>
       </c>
       <c r="K25" s="8">
-        <v>516543.354</v>
+        <v>515884.789</v>
       </c>
       <c r="L25" s="8">
-        <v>178647.099</v>
+        <v>177124.445</v>
       </c>
       <c r="M25" s="8">
-        <v>9278.939</v>
+        <v>10090.782</v>
       </c>
       <c r="N25" s="8">
-        <v>14417.863</v>
+        <v>14386.455</v>
       </c>
       <c r="O25" s="8">
-        <v>1270.798</v>
+        <v>1261.191</v>
       </c>
       <c r="P25" s="8">
-        <v>5517.442</v>
+        <v>5430.386</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" s="9">
         <v>2023</v>
       </c>
       <c r="B26" s="9"/>
       <c r="C26" s="8">
         <v>992372.014</v>
       </c>
       <c r="D26" s="8">
         <v>371.164</v>
       </c>
       <c r="E26" s="8">
         <v>0</v>
       </c>
       <c r="F26" s="8">
         <v>0</v>
       </c>
       <c r="G26" s="8">
         <v>92339.102</v>
       </c>
       <c r="H26" s="8">
         <v>108665.15</v>
       </c>