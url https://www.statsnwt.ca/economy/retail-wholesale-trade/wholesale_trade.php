--- v1 (2025-11-29)
+++ v2 (2025-12-19)
@@ -130,84 +130,84 @@
   <si>
     <t>(V1545665348)</t>
   </si>
   <si>
     <t>(V1545665347)</t>
   </si>
   <si>
     <t>(V1545665346)</t>
   </si>
   <si>
     <t>(V1545665345)</t>
   </si>
   <si>
     <t>(V1545665344)</t>
   </si>
   <si>
     <t>(V1545665343)</t>
   </si>
   <si>
     <t>(V1545665342)</t>
   </si>
   <si>
     <t>(V1545665341)</t>
   </si>
   <si>
+    <t>Oct</t>
+  </si>
+  <si>
     <t>Sep</t>
   </si>
   <si>
     <t>Aug</t>
   </si>
   <si>
     <t>Jul</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Dec</t>
   </si>
   <si>
     <t>Nov</t>
-  </si>
-[...1 lines deleted...]
-    <t>Oct</t>
   </si>
   <si>
     <t>Annual Totals</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_(* #,##0.0_);_(* (#,##0.0);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -792,686 +792,686 @@
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" s="2">
         <v>2025</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="8">
-        <v>87920.542</v>
+        <v>92962.791</v>
       </c>
       <c r="D8" s="8">
-        <v>23.451</v>
+        <v>25.36</v>
       </c>
       <c r="E8" s="8">
-        <v>19.01</v>
+        <v>17.537</v>
       </c>
       <c r="F8" s="8">
-        <v>17.941</v>
+        <v>21.575</v>
       </c>
       <c r="G8" s="8">
-        <v>8580.23</v>
+        <v>9014.691000000001</v>
       </c>
       <c r="H8" s="8">
-        <v>9913.797</v>
+        <v>10239.63</v>
       </c>
       <c r="I8" s="8">
-        <v>3343.843</v>
+        <v>4699.642</v>
       </c>
       <c r="J8" s="8">
-        <v>1891.038</v>
+        <v>2137.257</v>
       </c>
       <c r="K8" s="8">
-        <v>45372.646</v>
+        <v>47588.555</v>
       </c>
       <c r="L8" s="8">
-        <v>15950.418</v>
+        <v>16380.997</v>
       </c>
       <c r="M8" s="8">
-        <v>876.519</v>
+        <v>883.914</v>
       </c>
       <c r="N8" s="8">
-        <v>1326.553</v>
+        <v>1312.929</v>
       </c>
       <c r="O8" s="8">
-        <v>111.228</v>
+        <v>109.04</v>
       </c>
       <c r="P8" s="8">
-        <v>493.869</v>
+        <v>531.665</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" s="2"/>
       <c r="B9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C9" s="8">
-        <v>82915.92600000001</v>
+        <v>87928.42200000001</v>
       </c>
       <c r="D9" s="8">
-        <v>25.062</v>
+        <v>24.329</v>
       </c>
       <c r="E9" s="8">
-        <v>23.099</v>
+        <v>18.485</v>
       </c>
       <c r="F9" s="8">
-        <v>20.876</v>
+        <v>18.582</v>
       </c>
       <c r="G9" s="8">
-        <v>8004.638</v>
+        <v>8590.258</v>
       </c>
       <c r="H9" s="8">
-        <v>9181.6</v>
+        <v>9953.853999999999</v>
       </c>
       <c r="I9" s="8">
-        <v>3622.122</v>
+        <v>3340.604</v>
       </c>
       <c r="J9" s="8">
-        <v>1912.492</v>
+        <v>1860.947</v>
       </c>
       <c r="K9" s="8">
-        <v>42240.544</v>
+        <v>45547.8</v>
       </c>
       <c r="L9" s="8">
-        <v>15223.755</v>
+        <v>15798.904</v>
       </c>
       <c r="M9" s="8">
-        <v>917.186</v>
+        <v>870.453</v>
       </c>
       <c r="N9" s="8">
-        <v>1160.914</v>
+        <v>1302.955</v>
       </c>
       <c r="O9" s="8">
-        <v>93.379</v>
+        <v>112.898</v>
       </c>
       <c r="P9" s="8">
-        <v>490.258</v>
+        <v>488.353</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" s="2"/>
       <c r="B10" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="8">
-        <v>86728.939</v>
+        <v>82915.92600000001</v>
       </c>
       <c r="D10" s="8">
-        <v>28.17</v>
+        <v>25.062</v>
       </c>
       <c r="E10" s="8">
-        <v>43.758</v>
+        <v>23.099</v>
       </c>
       <c r="F10" s="8">
-        <v>25.421</v>
+        <v>20.876</v>
       </c>
       <c r="G10" s="8">
-        <v>8398.692999999999</v>
+        <v>8004.638</v>
       </c>
       <c r="H10" s="8">
-        <v>9721.152</v>
+        <v>9181.6</v>
       </c>
       <c r="I10" s="8">
-        <v>3245.707</v>
+        <v>3622.122</v>
       </c>
       <c r="J10" s="8">
-        <v>2033.815</v>
+        <v>1912.492</v>
       </c>
       <c r="K10" s="8">
-        <v>44756.384</v>
+        <v>42240.544</v>
       </c>
       <c r="L10" s="8">
-        <v>15433.379</v>
+        <v>15223.755</v>
       </c>
       <c r="M10" s="8">
-        <v>1004.517</v>
+        <v>917.186</v>
       </c>
       <c r="N10" s="8">
-        <v>1358.865</v>
+        <v>1160.914</v>
       </c>
       <c r="O10" s="8">
-        <v>109.907</v>
+        <v>93.379</v>
       </c>
       <c r="P10" s="8">
-        <v>569.172</v>
+        <v>490.258</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" s="2"/>
       <c r="B11" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="8">
-        <v>87707.325</v>
+        <v>86728.939</v>
       </c>
       <c r="D11" s="8">
-        <v>46.426</v>
+        <v>28.17</v>
       </c>
       <c r="E11" s="8">
-        <v>24.8</v>
+        <v>43.758</v>
       </c>
       <c r="F11" s="8">
-        <v>19.927</v>
+        <v>25.421</v>
       </c>
       <c r="G11" s="8">
-        <v>8307.704</v>
+        <v>8398.692999999999</v>
       </c>
       <c r="H11" s="8">
-        <v>9600.271000000001</v>
+        <v>9721.152</v>
       </c>
       <c r="I11" s="8">
-        <v>3646.586</v>
+        <v>3245.707</v>
       </c>
       <c r="J11" s="8">
-        <v>2186.725</v>
+        <v>2033.815</v>
       </c>
       <c r="K11" s="8">
-        <v>45206.817</v>
+        <v>44756.384</v>
       </c>
       <c r="L11" s="8">
-        <v>15456.403</v>
+        <v>15433.379</v>
       </c>
       <c r="M11" s="8">
-        <v>1091.234</v>
+        <v>1004.517</v>
       </c>
       <c r="N11" s="8">
-        <v>1452.881</v>
+        <v>1358.865</v>
       </c>
       <c r="O11" s="8">
-        <v>146.011</v>
+        <v>109.907</v>
       </c>
       <c r="P11" s="8">
-        <v>521.539</v>
+        <v>569.172</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" s="2"/>
       <c r="B12" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="8">
-        <v>90959.526</v>
+        <v>87707.325</v>
       </c>
       <c r="D12" s="8">
-        <v>30.724</v>
+        <v>46.426</v>
       </c>
       <c r="E12" s="8">
-        <v>20.541</v>
+        <v>24.8</v>
       </c>
       <c r="F12" s="8">
-        <v>21.391</v>
+        <v>19.927</v>
       </c>
       <c r="G12" s="8">
-        <v>8570.860000000001</v>
+        <v>8307.704</v>
       </c>
       <c r="H12" s="8">
-        <v>10743.704</v>
+        <v>9600.271000000001</v>
       </c>
       <c r="I12" s="8">
-        <v>4615.058</v>
+        <v>3646.586</v>
       </c>
       <c r="J12" s="8">
-        <v>2365.162</v>
+        <v>2186.725</v>
       </c>
       <c r="K12" s="8">
-        <v>45202.771</v>
+        <v>45206.817</v>
       </c>
       <c r="L12" s="8">
-        <v>16091.935</v>
+        <v>15456.403</v>
       </c>
       <c r="M12" s="8">
-        <v>1067.886</v>
+        <v>1091.234</v>
       </c>
       <c r="N12" s="8">
-        <v>1530.209</v>
+        <v>1452.881</v>
       </c>
       <c r="O12" s="8">
-        <v>161.419</v>
+        <v>146.011</v>
       </c>
       <c r="P12" s="8">
-        <v>537.8680000000001</v>
+        <v>521.539</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" s="2"/>
       <c r="B13" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="8">
-        <v>85652.058</v>
+        <v>90959.526</v>
       </c>
       <c r="D13" s="8">
-        <v>22.951</v>
+        <v>30.724</v>
       </c>
       <c r="E13" s="8">
-        <v>9.066000000000001</v>
+        <v>20.541</v>
       </c>
       <c r="F13" s="8">
-        <v>18.026</v>
+        <v>21.391</v>
       </c>
       <c r="G13" s="8">
-        <v>7889.678</v>
+        <v>8570.860000000001</v>
       </c>
       <c r="H13" s="8">
-        <v>10141.219</v>
+        <v>10743.704</v>
       </c>
       <c r="I13" s="8">
-        <v>4034.114</v>
+        <v>4615.058</v>
       </c>
       <c r="J13" s="8">
-        <v>2099.739</v>
+        <v>2365.162</v>
       </c>
       <c r="K13" s="8">
-        <v>42751.322</v>
+        <v>45202.771</v>
       </c>
       <c r="L13" s="8">
-        <v>15762.427</v>
+        <v>16091.935</v>
       </c>
       <c r="M13" s="8">
-        <v>1016.007</v>
+        <v>1067.886</v>
       </c>
       <c r="N13" s="8">
-        <v>1284.834</v>
+        <v>1530.209</v>
       </c>
       <c r="O13" s="8">
-        <v>112.363</v>
+        <v>161.419</v>
       </c>
       <c r="P13" s="8">
-        <v>510.311</v>
+        <v>537.8680000000001</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" s="2"/>
       <c r="B14" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="8">
-        <v>89047.001</v>
+        <v>85652.058</v>
       </c>
       <c r="D14" s="8">
-        <v>33.467</v>
+        <v>22.951</v>
       </c>
       <c r="E14" s="8">
-        <v>8.914999999999999</v>
+        <v>9.066000000000001</v>
       </c>
       <c r="F14" s="8">
-        <v>13.457</v>
+        <v>18.026</v>
       </c>
       <c r="G14" s="8">
-        <v>8279.578</v>
+        <v>7889.678</v>
       </c>
       <c r="H14" s="8">
-        <v>10265.489</v>
+        <v>10141.219</v>
       </c>
       <c r="I14" s="8">
-        <v>4088.782</v>
+        <v>4034.114</v>
       </c>
       <c r="J14" s="8">
-        <v>2123.181</v>
+        <v>2099.739</v>
       </c>
       <c r="K14" s="8">
-        <v>46215.842</v>
+        <v>42751.322</v>
       </c>
       <c r="L14" s="8">
-        <v>15471.529</v>
+        <v>15762.427</v>
       </c>
       <c r="M14" s="8">
-        <v>766.169</v>
+        <v>1016.007</v>
       </c>
       <c r="N14" s="8">
-        <v>1230.728</v>
+        <v>1284.834</v>
       </c>
       <c r="O14" s="8">
-        <v>89.026</v>
+        <v>112.363</v>
       </c>
       <c r="P14" s="8">
-        <v>460.838</v>
+        <v>510.311</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" s="2"/>
       <c r="B15" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="8">
-        <v>75369.59600000001</v>
+        <v>89047.001</v>
       </c>
       <c r="D15" s="8">
-        <v>27.207</v>
+        <v>33.467</v>
       </c>
       <c r="E15" s="8">
-        <v>5.618</v>
+        <v>8.914999999999999</v>
       </c>
       <c r="F15" s="8">
-        <v>14.508</v>
+        <v>13.457</v>
       </c>
       <c r="G15" s="8">
-        <v>7161.738</v>
+        <v>8279.578</v>
       </c>
       <c r="H15" s="8">
-        <v>8764.584000000001</v>
+        <v>10265.489</v>
       </c>
       <c r="I15" s="8">
-        <v>2866.446</v>
+        <v>4088.782</v>
       </c>
       <c r="J15" s="8">
-        <v>1684.607</v>
+        <v>2123.181</v>
       </c>
       <c r="K15" s="8">
-        <v>39181.277</v>
+        <v>46215.842</v>
       </c>
       <c r="L15" s="8">
-        <v>13470.126</v>
+        <v>15471.529</v>
       </c>
       <c r="M15" s="8">
-        <v>679.09</v>
+        <v>766.169</v>
       </c>
       <c r="N15" s="8">
-        <v>1008.05</v>
+        <v>1230.728</v>
       </c>
       <c r="O15" s="8">
-        <v>77.63800000000001</v>
+        <v>89.026</v>
       </c>
       <c r="P15" s="8">
-        <v>428.706</v>
+        <v>460.838</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" s="2"/>
       <c r="B16" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="8">
-        <v>78203.371</v>
+        <v>75369.59600000001</v>
       </c>
       <c r="D16" s="8">
-        <v>25.043</v>
+        <v>27.207</v>
       </c>
       <c r="E16" s="8">
-        <v>6.641</v>
+        <v>5.618</v>
       </c>
       <c r="F16" s="8">
-        <v>12.19</v>
+        <v>14.508</v>
       </c>
       <c r="G16" s="8">
-        <v>7811.804</v>
+        <v>7161.738</v>
       </c>
       <c r="H16" s="8">
-        <v>8849.825999999999</v>
+        <v>8764.584000000001</v>
       </c>
       <c r="I16" s="8">
-        <v>2902.56</v>
+        <v>2866.446</v>
       </c>
       <c r="J16" s="8">
-        <v>1774.373</v>
+        <v>1684.607</v>
       </c>
       <c r="K16" s="8">
-        <v>40459.665</v>
+        <v>39181.277</v>
       </c>
       <c r="L16" s="8">
-        <v>13868.389</v>
+        <v>13470.126</v>
       </c>
       <c r="M16" s="8">
-        <v>777.181</v>
+        <v>679.09</v>
       </c>
       <c r="N16" s="8">
-        <v>1157.819</v>
+        <v>1008.05</v>
       </c>
       <c r="O16" s="8">
-        <v>86.123</v>
+        <v>77.63800000000001</v>
       </c>
       <c r="P16" s="8">
-        <v>471.757</v>
+        <v>428.706</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="2"/>
-      <c r="B17" s="2"/>
-[...13 lines deleted...]
-      <c r="P17" s="3"/>
+      <c r="B17" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C17" s="8">
+        <v>78203.371</v>
+      </c>
+      <c r="D17" s="8">
+        <v>25.043</v>
+      </c>
+      <c r="E17" s="8">
+        <v>6.641</v>
+      </c>
+      <c r="F17" s="8">
+        <v>12.19</v>
+      </c>
+      <c r="G17" s="8">
+        <v>7811.804</v>
+      </c>
+      <c r="H17" s="8">
+        <v>8849.825999999999</v>
+      </c>
+      <c r="I17" s="8">
+        <v>2902.56</v>
+      </c>
+      <c r="J17" s="8">
+        <v>1774.373</v>
+      </c>
+      <c r="K17" s="8">
+        <v>40459.665</v>
+      </c>
+      <c r="L17" s="8">
+        <v>13868.389</v>
+      </c>
+      <c r="M17" s="8">
+        <v>777.181</v>
+      </c>
+      <c r="N17" s="8">
+        <v>1157.819</v>
+      </c>
+      <c r="O17" s="8">
+        <v>86.123</v>
+      </c>
+      <c r="P17" s="8">
+        <v>471.757</v>
+      </c>
     </row>
     <row r="18" spans="1:16">
-      <c r="A18" s="2">
+      <c r="A18" s="2"/>
+      <c r="B18" s="2"/>
+      <c r="C18" s="3"/>
+      <c r="D18" s="3"/>
+      <c r="E18" s="3"/>
+      <c r="F18" s="3"/>
+      <c r="G18" s="3"/>
+      <c r="H18" s="3"/>
+      <c r="I18" s="3"/>
+      <c r="J18" s="3"/>
+      <c r="K18" s="3"/>
+      <c r="L18" s="3"/>
+      <c r="M18" s="3"/>
+      <c r="N18" s="3"/>
+      <c r="O18" s="3"/>
+      <c r="P18" s="3"/>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" s="2">
         <v>2024</v>
       </c>
-      <c r="B18" s="2" t="s">
-[...46 lines deleted...]
-      <c r="A19" s="2"/>
       <c r="B19" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C19" s="8">
-        <v>84509.82399999999</v>
+        <v>78992.924</v>
       </c>
       <c r="D19" s="8">
-        <v>28.424</v>
+        <v>25.439</v>
       </c>
       <c r="E19" s="8">
-        <v>0</v>
+        <v>7.367</v>
       </c>
       <c r="F19" s="8">
-        <v>0</v>
+        <v>14.668</v>
       </c>
       <c r="G19" s="8">
-        <v>7620.365</v>
+        <v>7306.433</v>
       </c>
       <c r="H19" s="8">
-        <v>8794.281999999999</v>
+        <v>8652.614</v>
       </c>
       <c r="I19" s="8">
-        <v>3568.402</v>
+        <v>3199.887</v>
       </c>
       <c r="J19" s="8">
-        <v>1807.886</v>
+        <v>1676.744</v>
       </c>
       <c r="K19" s="8">
-        <v>45029.117</v>
+        <v>41853.359</v>
       </c>
       <c r="L19" s="8">
-        <v>15182.723</v>
+        <v>13808.126</v>
       </c>
       <c r="M19" s="8">
-        <v>769.999</v>
+        <v>737.422</v>
       </c>
       <c r="N19" s="8">
-        <v>1166.829</v>
+        <v>1152.957</v>
       </c>
       <c r="O19" s="8">
-        <v>87.124</v>
+        <v>88.822</v>
       </c>
       <c r="P19" s="8">
-        <v>429.739</v>
+        <v>469.087</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" s="2"/>
       <c r="B20" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="8">
-        <v>90069.841</v>
+        <v>84509.82399999999</v>
       </c>
       <c r="D20" s="8">
-        <v>28.655</v>
+        <v>28.424</v>
       </c>
       <c r="E20" s="8">
         <v>0</v>
       </c>
       <c r="F20" s="8">
         <v>0</v>
       </c>
       <c r="G20" s="8">
-        <v>8561.790000000001</v>
+        <v>7620.365</v>
       </c>
       <c r="H20" s="8">
-        <v>9513.282999999999</v>
+        <v>8794.281999999999</v>
       </c>
       <c r="I20" s="8">
-        <v>4068.477</v>
+        <v>3568.402</v>
       </c>
       <c r="J20" s="8">
-        <v>2096.929</v>
+        <v>1807.886</v>
       </c>
       <c r="K20" s="8">
-        <v>46577.749</v>
+        <v>45029.117</v>
       </c>
       <c r="L20" s="8">
-        <v>16469.077</v>
+        <v>15182.723</v>
       </c>
       <c r="M20" s="8">
-        <v>910.702</v>
+        <v>769.999</v>
       </c>
       <c r="N20" s="8">
-        <v>1228.309</v>
+        <v>1166.829</v>
       </c>
       <c r="O20" s="8">
-        <v>103.194</v>
+        <v>87.124</v>
       </c>
       <c r="P20" s="8">
-        <v>485.785</v>
+        <v>429.739</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" s="2"/>
       <c r="B21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="8">
-        <v>81657.75999999999</v>
+        <v>90069.841</v>
       </c>
       <c r="D21" s="8">
-        <v>42.505</v>
+        <v>28.655</v>
       </c>
       <c r="E21" s="8">
         <v>0</v>
       </c>
       <c r="F21" s="8">
         <v>0</v>
       </c>
       <c r="G21" s="8">
-        <v>7642.409</v>
+        <v>8561.790000000001</v>
       </c>
       <c r="H21" s="8">
-        <v>8687.955</v>
+        <v>9513.282999999999</v>
       </c>
       <c r="I21" s="8">
-        <v>2934.541</v>
+        <v>4068.477</v>
       </c>
       <c r="J21" s="8">
-        <v>1838.191</v>
+        <v>2096.929</v>
       </c>
       <c r="K21" s="8">
-        <v>43230.353</v>
+        <v>46577.749</v>
       </c>
       <c r="L21" s="8">
-        <v>14745.912</v>
+        <v>16469.077</v>
       </c>
       <c r="M21" s="8">
-        <v>808.104</v>
+        <v>910.702</v>
       </c>
       <c r="N21" s="8">
-        <v>1136.224</v>
+        <v>1228.309</v>
       </c>
       <c r="O21" s="8">
-        <v>103.196</v>
+        <v>103.194</v>
       </c>
       <c r="P21" s="8">
-        <v>444.886</v>
+        <v>485.785</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
       <c r="O22" s="3"/>
       <c r="P22" s="3"/>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" s="5" t="s">
         <v>43</v>
       </c>
       <c r="B23" s="5"/>