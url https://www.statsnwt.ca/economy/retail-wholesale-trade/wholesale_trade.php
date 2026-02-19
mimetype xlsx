--- v2 (2025-12-19)
+++ v3 (2026-02-19)
@@ -130,84 +130,84 @@
   <si>
     <t>(V1545665348)</t>
   </si>
   <si>
     <t>(V1545665347)</t>
   </si>
   <si>
     <t>(V1545665346)</t>
   </si>
   <si>
     <t>(V1545665345)</t>
   </si>
   <si>
     <t>(V1545665344)</t>
   </si>
   <si>
     <t>(V1545665343)</t>
   </si>
   <si>
     <t>(V1545665342)</t>
   </si>
   <si>
     <t>(V1545665341)</t>
   </si>
   <si>
+    <t>Dec</t>
+  </si>
+  <si>
+    <t>Nov</t>
+  </si>
+  <si>
     <t>Oct</t>
   </si>
   <si>
     <t>Sep</t>
   </si>
   <si>
     <t>Aug</t>
   </si>
   <si>
     <t>Jul</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Jan</t>
-  </si>
-[...4 lines deleted...]
-    <t>Nov</t>
   </si>
   <si>
     <t>Annual Totals</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_(* #,##0.0_);_(* (#,##0.0);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -792,686 +792,686 @@
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" s="2">
         <v>2025</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="8">
-        <v>92962.791</v>
+        <v>83546.84600000001</v>
       </c>
       <c r="D8" s="8">
-        <v>25.36</v>
+        <v>20.813</v>
       </c>
       <c r="E8" s="8">
-        <v>17.537</v>
+        <v>12.055</v>
       </c>
       <c r="F8" s="8">
-        <v>21.575</v>
+        <v>12.999</v>
       </c>
       <c r="G8" s="8">
-        <v>9014.691000000001</v>
+        <v>7916.066</v>
       </c>
       <c r="H8" s="8">
-        <v>10239.63</v>
+        <v>9062.040999999999</v>
       </c>
       <c r="I8" s="8">
-        <v>4699.642</v>
+        <v>3816.406</v>
       </c>
       <c r="J8" s="8">
-        <v>2137.257</v>
+        <v>1801.156</v>
       </c>
       <c r="K8" s="8">
-        <v>47588.555</v>
+        <v>43631.731</v>
       </c>
       <c r="L8" s="8">
-        <v>16380.997</v>
+        <v>14819.633</v>
       </c>
       <c r="M8" s="8">
-        <v>883.914</v>
+        <v>750.573</v>
       </c>
       <c r="N8" s="8">
-        <v>1312.929</v>
+        <v>1146.514</v>
       </c>
       <c r="O8" s="8">
-        <v>109.04</v>
+        <v>93.491</v>
       </c>
       <c r="P8" s="8">
-        <v>531.665</v>
+        <v>463.37</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" s="2"/>
       <c r="B9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C9" s="8">
-        <v>87928.42200000001</v>
+        <v>83175.837</v>
       </c>
       <c r="D9" s="8">
-        <v>24.329</v>
+        <v>18.922</v>
       </c>
       <c r="E9" s="8">
-        <v>18.485</v>
+        <v>14.025</v>
       </c>
       <c r="F9" s="8">
-        <v>18.582</v>
+        <v>17.182</v>
       </c>
       <c r="G9" s="8">
-        <v>8590.258</v>
+        <v>7957.131</v>
       </c>
       <c r="H9" s="8">
-        <v>9953.853999999999</v>
+        <v>9116.870000000001</v>
       </c>
       <c r="I9" s="8">
-        <v>3340.604</v>
+        <v>4047.61</v>
       </c>
       <c r="J9" s="8">
-        <v>1860.947</v>
+        <v>1927.138</v>
       </c>
       <c r="K9" s="8">
-        <v>45547.8</v>
+        <v>42380.653</v>
       </c>
       <c r="L9" s="8">
-        <v>15798.904</v>
+        <v>15185.789</v>
       </c>
       <c r="M9" s="8">
-        <v>870.453</v>
+        <v>760.011</v>
       </c>
       <c r="N9" s="8">
-        <v>1302.955</v>
+        <v>1213.715</v>
       </c>
       <c r="O9" s="8">
-        <v>112.898</v>
+        <v>89.21299999999999</v>
       </c>
       <c r="P9" s="8">
-        <v>488.353</v>
+        <v>447.578</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" s="2"/>
       <c r="B10" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="8">
-        <v>82915.92600000001</v>
+        <v>92848.083</v>
       </c>
       <c r="D10" s="8">
-        <v>25.062</v>
+        <v>25.295</v>
       </c>
       <c r="E10" s="8">
-        <v>23.099</v>
+        <v>16.554</v>
       </c>
       <c r="F10" s="8">
-        <v>20.876</v>
+        <v>21.748</v>
       </c>
       <c r="G10" s="8">
-        <v>8004.638</v>
+        <v>8939.914000000001</v>
       </c>
       <c r="H10" s="8">
-        <v>9181.6</v>
+        <v>10243.007</v>
       </c>
       <c r="I10" s="8">
-        <v>3622.122</v>
+        <v>4759.855</v>
       </c>
       <c r="J10" s="8">
-        <v>1912.492</v>
+        <v>2140.07</v>
       </c>
       <c r="K10" s="8">
-        <v>42240.544</v>
+        <v>47656.181</v>
       </c>
       <c r="L10" s="8">
-        <v>15223.755</v>
+        <v>16244.627</v>
       </c>
       <c r="M10" s="8">
-        <v>917.186</v>
+        <v>887.816</v>
       </c>
       <c r="N10" s="8">
-        <v>1160.914</v>
+        <v>1286.347</v>
       </c>
       <c r="O10" s="8">
-        <v>93.379</v>
+        <v>109.488</v>
       </c>
       <c r="P10" s="8">
-        <v>490.258</v>
+        <v>517.181</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" s="2"/>
       <c r="B11" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="8">
-        <v>86728.939</v>
+        <v>87928.42200000001</v>
       </c>
       <c r="D11" s="8">
-        <v>28.17</v>
+        <v>24.329</v>
       </c>
       <c r="E11" s="8">
-        <v>43.758</v>
+        <v>18.485</v>
       </c>
       <c r="F11" s="8">
-        <v>25.421</v>
+        <v>18.582</v>
       </c>
       <c r="G11" s="8">
-        <v>8398.692999999999</v>
+        <v>8590.258</v>
       </c>
       <c r="H11" s="8">
-        <v>9721.152</v>
+        <v>9953.853999999999</v>
       </c>
       <c r="I11" s="8">
-        <v>3245.707</v>
+        <v>3340.604</v>
       </c>
       <c r="J11" s="8">
-        <v>2033.815</v>
+        <v>1860.947</v>
       </c>
       <c r="K11" s="8">
-        <v>44756.384</v>
+        <v>45547.8</v>
       </c>
       <c r="L11" s="8">
-        <v>15433.379</v>
+        <v>15798.904</v>
       </c>
       <c r="M11" s="8">
-        <v>1004.517</v>
+        <v>870.453</v>
       </c>
       <c r="N11" s="8">
-        <v>1358.865</v>
+        <v>1302.955</v>
       </c>
       <c r="O11" s="8">
-        <v>109.907</v>
+        <v>112.898</v>
       </c>
       <c r="P11" s="8">
-        <v>569.172</v>
+        <v>488.353</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" s="2"/>
       <c r="B12" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="8">
-        <v>87707.325</v>
+        <v>82915.92600000001</v>
       </c>
       <c r="D12" s="8">
-        <v>46.426</v>
+        <v>25.062</v>
       </c>
       <c r="E12" s="8">
-        <v>24.8</v>
+        <v>23.099</v>
       </c>
       <c r="F12" s="8">
-        <v>19.927</v>
+        <v>20.876</v>
       </c>
       <c r="G12" s="8">
-        <v>8307.704</v>
+        <v>8004.638</v>
       </c>
       <c r="H12" s="8">
-        <v>9600.271000000001</v>
+        <v>9181.6</v>
       </c>
       <c r="I12" s="8">
-        <v>3646.586</v>
+        <v>3622.122</v>
       </c>
       <c r="J12" s="8">
-        <v>2186.725</v>
+        <v>1912.492</v>
       </c>
       <c r="K12" s="8">
-        <v>45206.817</v>
+        <v>42240.544</v>
       </c>
       <c r="L12" s="8">
-        <v>15456.403</v>
+        <v>15223.755</v>
       </c>
       <c r="M12" s="8">
-        <v>1091.234</v>
+        <v>917.186</v>
       </c>
       <c r="N12" s="8">
-        <v>1452.881</v>
+        <v>1160.914</v>
       </c>
       <c r="O12" s="8">
-        <v>146.011</v>
+        <v>93.379</v>
       </c>
       <c r="P12" s="8">
-        <v>521.539</v>
+        <v>490.258</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" s="2"/>
       <c r="B13" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="8">
-        <v>90959.526</v>
+        <v>86728.939</v>
       </c>
       <c r="D13" s="8">
-        <v>30.724</v>
+        <v>28.17</v>
       </c>
       <c r="E13" s="8">
-        <v>20.541</v>
+        <v>43.758</v>
       </c>
       <c r="F13" s="8">
-        <v>21.391</v>
+        <v>25.421</v>
       </c>
       <c r="G13" s="8">
-        <v>8570.860000000001</v>
+        <v>8398.692999999999</v>
       </c>
       <c r="H13" s="8">
-        <v>10743.704</v>
+        <v>9721.152</v>
       </c>
       <c r="I13" s="8">
-        <v>4615.058</v>
+        <v>3245.707</v>
       </c>
       <c r="J13" s="8">
-        <v>2365.162</v>
+        <v>2033.815</v>
       </c>
       <c r="K13" s="8">
-        <v>45202.771</v>
+        <v>44756.384</v>
       </c>
       <c r="L13" s="8">
-        <v>16091.935</v>
+        <v>15433.379</v>
       </c>
       <c r="M13" s="8">
-        <v>1067.886</v>
+        <v>1004.517</v>
       </c>
       <c r="N13" s="8">
-        <v>1530.209</v>
+        <v>1358.865</v>
       </c>
       <c r="O13" s="8">
-        <v>161.419</v>
+        <v>109.907</v>
       </c>
       <c r="P13" s="8">
-        <v>537.8680000000001</v>
+        <v>569.172</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" s="2"/>
       <c r="B14" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="8">
-        <v>85652.058</v>
+        <v>87707.325</v>
       </c>
       <c r="D14" s="8">
-        <v>22.951</v>
+        <v>46.426</v>
       </c>
       <c r="E14" s="8">
-        <v>9.066000000000001</v>
+        <v>24.8</v>
       </c>
       <c r="F14" s="8">
-        <v>18.026</v>
+        <v>19.927</v>
       </c>
       <c r="G14" s="8">
-        <v>7889.678</v>
+        <v>8307.704</v>
       </c>
       <c r="H14" s="8">
-        <v>10141.219</v>
+        <v>9600.271000000001</v>
       </c>
       <c r="I14" s="8">
-        <v>4034.114</v>
+        <v>3646.586</v>
       </c>
       <c r="J14" s="8">
-        <v>2099.739</v>
+        <v>2186.725</v>
       </c>
       <c r="K14" s="8">
-        <v>42751.322</v>
+        <v>45206.817</v>
       </c>
       <c r="L14" s="8">
-        <v>15762.427</v>
+        <v>15456.403</v>
       </c>
       <c r="M14" s="8">
-        <v>1016.007</v>
+        <v>1091.234</v>
       </c>
       <c r="N14" s="8">
-        <v>1284.834</v>
+        <v>1452.881</v>
       </c>
       <c r="O14" s="8">
-        <v>112.363</v>
+        <v>146.011</v>
       </c>
       <c r="P14" s="8">
-        <v>510.311</v>
+        <v>521.539</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" s="2"/>
       <c r="B15" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="8">
-        <v>89047.001</v>
+        <v>90959.526</v>
       </c>
       <c r="D15" s="8">
-        <v>33.467</v>
+        <v>30.724</v>
       </c>
       <c r="E15" s="8">
-        <v>8.914999999999999</v>
+        <v>20.541</v>
       </c>
       <c r="F15" s="8">
-        <v>13.457</v>
+        <v>21.391</v>
       </c>
       <c r="G15" s="8">
-        <v>8279.578</v>
+        <v>8570.860000000001</v>
       </c>
       <c r="H15" s="8">
-        <v>10265.489</v>
+        <v>10743.704</v>
       </c>
       <c r="I15" s="8">
-        <v>4088.782</v>
+        <v>4615.058</v>
       </c>
       <c r="J15" s="8">
-        <v>2123.181</v>
+        <v>2365.162</v>
       </c>
       <c r="K15" s="8">
-        <v>46215.842</v>
+        <v>45202.771</v>
       </c>
       <c r="L15" s="8">
-        <v>15471.529</v>
+        <v>16091.935</v>
       </c>
       <c r="M15" s="8">
-        <v>766.169</v>
+        <v>1067.886</v>
       </c>
       <c r="N15" s="8">
-        <v>1230.728</v>
+        <v>1530.209</v>
       </c>
       <c r="O15" s="8">
-        <v>89.026</v>
+        <v>161.419</v>
       </c>
       <c r="P15" s="8">
-        <v>460.838</v>
+        <v>537.8680000000001</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" s="2"/>
       <c r="B16" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="8">
-        <v>75369.59600000001</v>
+        <v>85652.058</v>
       </c>
       <c r="D16" s="8">
-        <v>27.207</v>
+        <v>22.951</v>
       </c>
       <c r="E16" s="8">
-        <v>5.618</v>
+        <v>9.066000000000001</v>
       </c>
       <c r="F16" s="8">
-        <v>14.508</v>
+        <v>18.026</v>
       </c>
       <c r="G16" s="8">
-        <v>7161.738</v>
+        <v>7889.678</v>
       </c>
       <c r="H16" s="8">
-        <v>8764.584000000001</v>
+        <v>10141.219</v>
       </c>
       <c r="I16" s="8">
-        <v>2866.446</v>
+        <v>4034.114</v>
       </c>
       <c r="J16" s="8">
-        <v>1684.607</v>
+        <v>2099.739</v>
       </c>
       <c r="K16" s="8">
-        <v>39181.277</v>
+        <v>42751.322</v>
       </c>
       <c r="L16" s="8">
-        <v>13470.126</v>
+        <v>15762.427</v>
       </c>
       <c r="M16" s="8">
-        <v>679.09</v>
+        <v>1016.007</v>
       </c>
       <c r="N16" s="8">
-        <v>1008.05</v>
+        <v>1284.834</v>
       </c>
       <c r="O16" s="8">
-        <v>77.63800000000001</v>
+        <v>112.363</v>
       </c>
       <c r="P16" s="8">
-        <v>428.706</v>
+        <v>510.311</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="2"/>
       <c r="B17" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="8">
-        <v>78203.371</v>
+        <v>89047.001</v>
       </c>
       <c r="D17" s="8">
-        <v>25.043</v>
+        <v>33.467</v>
       </c>
       <c r="E17" s="8">
-        <v>6.641</v>
+        <v>8.914999999999999</v>
       </c>
       <c r="F17" s="8">
-        <v>12.19</v>
+        <v>13.457</v>
       </c>
       <c r="G17" s="8">
-        <v>7811.804</v>
+        <v>8279.578</v>
       </c>
       <c r="H17" s="8">
-        <v>8849.825999999999</v>
+        <v>10265.489</v>
       </c>
       <c r="I17" s="8">
-        <v>2902.56</v>
+        <v>4088.782</v>
       </c>
       <c r="J17" s="8">
-        <v>1774.373</v>
+        <v>2123.181</v>
       </c>
       <c r="K17" s="8">
-        <v>40459.665</v>
+        <v>46215.842</v>
       </c>
       <c r="L17" s="8">
-        <v>13868.389</v>
+        <v>15471.529</v>
       </c>
       <c r="M17" s="8">
-        <v>777.181</v>
+        <v>766.169</v>
       </c>
       <c r="N17" s="8">
-        <v>1157.819</v>
+        <v>1230.728</v>
       </c>
       <c r="O17" s="8">
-        <v>86.123</v>
+        <v>89.026</v>
       </c>
       <c r="P17" s="8">
-        <v>471.757</v>
+        <v>460.838</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" s="2"/>
-      <c r="B18" s="2"/>
-[...13 lines deleted...]
-      <c r="P18" s="3"/>
+      <c r="B18" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C18" s="8">
+        <v>75369.59600000001</v>
+      </c>
+      <c r="D18" s="8">
+        <v>27.207</v>
+      </c>
+      <c r="E18" s="8">
+        <v>5.618</v>
+      </c>
+      <c r="F18" s="8">
+        <v>14.508</v>
+      </c>
+      <c r="G18" s="8">
+        <v>7161.738</v>
+      </c>
+      <c r="H18" s="8">
+        <v>8764.584000000001</v>
+      </c>
+      <c r="I18" s="8">
+        <v>2866.446</v>
+      </c>
+      <c r="J18" s="8">
+        <v>1684.607</v>
+      </c>
+      <c r="K18" s="8">
+        <v>39181.277</v>
+      </c>
+      <c r="L18" s="8">
+        <v>13470.126</v>
+      </c>
+      <c r="M18" s="8">
+        <v>679.09</v>
+      </c>
+      <c r="N18" s="8">
+        <v>1008.05</v>
+      </c>
+      <c r="O18" s="8">
+        <v>77.63800000000001</v>
+      </c>
+      <c r="P18" s="8">
+        <v>428.706</v>
+      </c>
     </row>
     <row r="19" spans="1:16">
-      <c r="A19" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="A19" s="2"/>
       <c r="B19" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19" s="8">
-        <v>78992.924</v>
+        <v>78203.371</v>
       </c>
       <c r="D19" s="8">
-        <v>25.439</v>
+        <v>25.043</v>
       </c>
       <c r="E19" s="8">
-        <v>7.367</v>
+        <v>6.641</v>
       </c>
       <c r="F19" s="8">
-        <v>14.668</v>
+        <v>12.19</v>
       </c>
       <c r="G19" s="8">
-        <v>7306.433</v>
+        <v>7811.804</v>
       </c>
       <c r="H19" s="8">
-        <v>8652.614</v>
+        <v>8849.825999999999</v>
       </c>
       <c r="I19" s="8">
-        <v>3199.887</v>
+        <v>2902.56</v>
       </c>
       <c r="J19" s="8">
-        <v>1676.744</v>
+        <v>1774.373</v>
       </c>
       <c r="K19" s="8">
-        <v>41853.359</v>
+        <v>40459.665</v>
       </c>
       <c r="L19" s="8">
-        <v>13808.126</v>
+        <v>13868.389</v>
       </c>
       <c r="M19" s="8">
-        <v>737.422</v>
+        <v>777.181</v>
       </c>
       <c r="N19" s="8">
-        <v>1152.957</v>
+        <v>1157.819</v>
       </c>
       <c r="O19" s="8">
-        <v>88.822</v>
+        <v>86.123</v>
       </c>
       <c r="P19" s="8">
-        <v>469.087</v>
+        <v>471.757</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" s="2"/>
-      <c r="B20" s="2" t="s">
-[...43 lines deleted...]
-      </c>
+      <c r="B20" s="2"/>
+      <c r="C20" s="3"/>
+      <c r="D20" s="3"/>
+      <c r="E20" s="3"/>
+      <c r="F20" s="3"/>
+      <c r="G20" s="3"/>
+      <c r="H20" s="3"/>
+      <c r="I20" s="3"/>
+      <c r="J20" s="3"/>
+      <c r="K20" s="3"/>
+      <c r="L20" s="3"/>
+      <c r="M20" s="3"/>
+      <c r="N20" s="3"/>
+      <c r="O20" s="3"/>
+      <c r="P20" s="3"/>
     </row>
     <row r="21" spans="1:16">
-      <c r="A21" s="2"/>
+      <c r="A21" s="2">
+        <v>2024</v>
+      </c>
       <c r="B21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="8">
-        <v>90069.841</v>
+        <v>78992.924</v>
       </c>
       <c r="D21" s="8">
-        <v>28.655</v>
+        <v>25.439</v>
       </c>
       <c r="E21" s="8">
-        <v>0</v>
+        <v>7.367</v>
       </c>
       <c r="F21" s="8">
-        <v>0</v>
+        <v>14.668</v>
       </c>
       <c r="G21" s="8">
-        <v>8561.790000000001</v>
+        <v>7306.433</v>
       </c>
       <c r="H21" s="8">
-        <v>9513.282999999999</v>
+        <v>8652.614</v>
       </c>
       <c r="I21" s="8">
-        <v>4068.477</v>
+        <v>3199.887</v>
       </c>
       <c r="J21" s="8">
-        <v>2096.929</v>
+        <v>1676.744</v>
       </c>
       <c r="K21" s="8">
-        <v>46577.749</v>
+        <v>41853.359</v>
       </c>
       <c r="L21" s="8">
-        <v>16469.077</v>
+        <v>13808.126</v>
       </c>
       <c r="M21" s="8">
-        <v>910.702</v>
+        <v>737.422</v>
       </c>
       <c r="N21" s="8">
-        <v>1228.309</v>
+        <v>1152.957</v>
       </c>
       <c r="O21" s="8">
-        <v>103.194</v>
+        <v>88.822</v>
       </c>
       <c r="P21" s="8">
-        <v>485.785</v>
+        <v>469.087</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
       <c r="O22" s="3"/>
       <c r="P22" s="3"/>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" s="5" t="s">
         <v>43</v>
       </c>
       <c r="B23" s="5"/>
@@ -1488,526 +1488,526 @@
       <c r="M23" s="7"/>
       <c r="N23" s="7"/>
       <c r="O23" s="7"/>
       <c r="P23" s="7"/>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" s="2"/>
       <c r="B24" s="2"/>
       <c r="C24" s="3"/>
       <c r="D24" s="3"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
       <c r="L24" s="3"/>
       <c r="M24" s="3"/>
       <c r="N24" s="3"/>
       <c r="O24" s="3"/>
       <c r="P24" s="3"/>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B25" s="9"/>
       <c r="C25" s="8">
-        <v>994512.224</v>
+        <v>1024082.93</v>
       </c>
       <c r="D25" s="8">
-        <v>400.881</v>
+        <v>328.409</v>
       </c>
       <c r="E25" s="8">
-        <v>7.367</v>
+        <v>203.557</v>
       </c>
       <c r="F25" s="8">
-        <v>14.668</v>
+        <v>216.307</v>
       </c>
       <c r="G25" s="8">
-        <v>92745.087</v>
+        <v>97828.06200000001</v>
       </c>
       <c r="H25" s="8">
-        <v>109621.449</v>
+        <v>115643.617</v>
       </c>
       <c r="I25" s="8">
-        <v>43660.804</v>
+        <v>44985.85</v>
       </c>
       <c r="J25" s="8">
-        <v>23449.329</v>
+        <v>23909.405</v>
       </c>
       <c r="K25" s="8">
-        <v>515884.789</v>
+        <v>525230.987</v>
       </c>
       <c r="L25" s="8">
-        <v>177124.445</v>
+        <v>182826.896</v>
       </c>
       <c r="M25" s="8">
-        <v>10090.782</v>
+        <v>10588.123</v>
       </c>
       <c r="N25" s="8">
-        <v>14386.455</v>
+        <v>15133.831</v>
       </c>
       <c r="O25" s="8">
-        <v>1261.191</v>
+        <v>1280.956</v>
       </c>
       <c r="P25" s="8">
-        <v>5430.386</v>
+        <v>5906.931</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" s="9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B26" s="9"/>
       <c r="C26" s="8">
-        <v>992372.014</v>
+        <v>994512.224</v>
       </c>
       <c r="D26" s="8">
-        <v>371.164</v>
+        <v>400.881</v>
       </c>
       <c r="E26" s="8">
-        <v>0</v>
+        <v>7.367</v>
       </c>
       <c r="F26" s="8">
-        <v>0</v>
+        <v>14.668</v>
       </c>
       <c r="G26" s="8">
-        <v>92339.102</v>
+        <v>92745.087</v>
       </c>
       <c r="H26" s="8">
-        <v>108665.15</v>
+        <v>109621.449</v>
       </c>
       <c r="I26" s="8">
-        <v>42082.466</v>
+        <v>43660.804</v>
       </c>
       <c r="J26" s="8">
-        <v>23306.251</v>
+        <v>23449.329</v>
       </c>
       <c r="K26" s="8">
-        <v>520125.954</v>
+        <v>515884.789</v>
       </c>
       <c r="L26" s="8">
-        <v>176072.733</v>
+        <v>177124.445</v>
       </c>
       <c r="M26" s="8">
-        <v>9093.59</v>
+        <v>10090.782</v>
       </c>
       <c r="N26" s="8">
-        <v>13761.312</v>
+        <v>14386.455</v>
       </c>
       <c r="O26" s="8">
-        <v>1348.739</v>
+        <v>1261.191</v>
       </c>
       <c r="P26" s="8">
-        <v>4805.49</v>
+        <v>5430.386</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" s="9">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B27" s="9"/>
       <c r="C27" s="8">
-        <v>972373.987</v>
+        <v>992372.014</v>
       </c>
       <c r="D27" s="8">
-        <v>402.843</v>
+        <v>371.164</v>
       </c>
       <c r="E27" s="8">
-        <v>60.01</v>
+        <v>0</v>
       </c>
       <c r="F27" s="8">
-        <v>109.362</v>
+        <v>0</v>
       </c>
       <c r="G27" s="8">
-        <v>96625.355</v>
+        <v>92339.102</v>
       </c>
       <c r="H27" s="8">
-        <v>106064.601</v>
+        <v>108665.15</v>
       </c>
       <c r="I27" s="8">
-        <v>47363.233</v>
+        <v>42082.466</v>
       </c>
       <c r="J27" s="8">
-        <v>22836.315</v>
+        <v>23306.251</v>
       </c>
       <c r="K27" s="8">
-        <v>490513.751</v>
+        <v>520125.954</v>
       </c>
       <c r="L27" s="8">
-        <v>179013.52</v>
+        <v>176072.733</v>
       </c>
       <c r="M27" s="8">
-        <v>9352.171</v>
+        <v>9093.59</v>
       </c>
       <c r="N27" s="8">
-        <v>13655.118</v>
+        <v>13761.312</v>
       </c>
       <c r="O27" s="8">
-        <v>1475.413</v>
+        <v>1348.739</v>
       </c>
       <c r="P27" s="8">
-        <v>4694.015</v>
+        <v>4805.49</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" s="9">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B28" s="9"/>
       <c r="C28" s="8">
-        <v>870317.192</v>
+        <v>972373.987</v>
       </c>
       <c r="D28" s="8">
-        <v>285.838</v>
+        <v>402.843</v>
       </c>
       <c r="E28" s="8">
-        <v>201.953</v>
+        <v>60.01</v>
       </c>
       <c r="F28" s="8">
-        <v>198.316</v>
+        <v>109.362</v>
       </c>
       <c r="G28" s="8">
-        <v>89223.333</v>
+        <v>96625.355</v>
       </c>
       <c r="H28" s="8">
-        <v>88130.026</v>
+        <v>106064.601</v>
       </c>
       <c r="I28" s="8">
-        <v>32197.133</v>
+        <v>47363.233</v>
       </c>
       <c r="J28" s="8">
-        <v>20325.183</v>
+        <v>22836.315</v>
       </c>
       <c r="K28" s="8">
-        <v>442869.525</v>
+        <v>490513.751</v>
       </c>
       <c r="L28" s="8">
-        <v>168680.036</v>
+        <v>179013.52</v>
       </c>
       <c r="M28" s="8">
-        <v>8818.870999999999</v>
+        <v>9352.171</v>
       </c>
       <c r="N28" s="8">
-        <v>13319.274</v>
+        <v>13655.118</v>
       </c>
       <c r="O28" s="8">
-        <v>1429.627</v>
+        <v>1475.413</v>
       </c>
       <c r="P28" s="8">
-        <v>4638.08</v>
+        <v>4694.015</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" s="9">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B29" s="9"/>
       <c r="C29" s="8">
-        <v>754124.015</v>
+        <v>870317.192</v>
       </c>
       <c r="D29" s="8">
-        <v>349.952</v>
+        <v>285.838</v>
       </c>
       <c r="E29" s="8">
-        <v>157.399</v>
+        <v>201.953</v>
       </c>
       <c r="F29" s="8">
-        <v>152.966</v>
+        <v>198.316</v>
       </c>
       <c r="G29" s="8">
-        <v>75636.02899999999</v>
+        <v>89223.333</v>
       </c>
       <c r="H29" s="8">
-        <v>76818.56299999999</v>
+        <v>88130.026</v>
       </c>
       <c r="I29" s="8">
-        <v>27782.849</v>
+        <v>32197.133</v>
       </c>
       <c r="J29" s="8">
-        <v>18540.929</v>
+        <v>20325.183</v>
       </c>
       <c r="K29" s="8">
-        <v>389382.327</v>
+        <v>442869.525</v>
       </c>
       <c r="L29" s="8">
-        <v>142346.239</v>
+        <v>168680.036</v>
       </c>
       <c r="M29" s="8">
-        <v>7153.874</v>
+        <v>8818.870999999999</v>
       </c>
       <c r="N29" s="8">
-        <v>10707.661</v>
+        <v>13319.274</v>
       </c>
       <c r="O29" s="8">
-        <v>1074.081</v>
+        <v>1429.627</v>
       </c>
       <c r="P29" s="8">
-        <v>4021.144</v>
+        <v>4638.08</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" s="9">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B30" s="9"/>
       <c r="C30" s="8">
-        <v>761811.5870000001</v>
+        <v>754124.015</v>
       </c>
       <c r="D30" s="8">
-        <v>587.172</v>
+        <v>349.952</v>
       </c>
       <c r="E30" s="8">
-        <v>170.508</v>
+        <v>157.399</v>
       </c>
       <c r="F30" s="8">
-        <v>153.698</v>
+        <v>152.966</v>
       </c>
       <c r="G30" s="8">
-        <v>76130.16099999999</v>
+        <v>75636.02899999999</v>
       </c>
       <c r="H30" s="8">
-        <v>80915.837</v>
+        <v>76818.56299999999</v>
       </c>
       <c r="I30" s="8">
-        <v>26351.64</v>
+        <v>27782.849</v>
       </c>
       <c r="J30" s="8">
-        <v>18424.619</v>
+        <v>18540.929</v>
       </c>
       <c r="K30" s="8">
-        <v>394102.845</v>
+        <v>389382.327</v>
       </c>
       <c r="L30" s="8">
-        <v>141818.661</v>
+        <v>142346.239</v>
       </c>
       <c r="M30" s="8">
-        <v>7101.296</v>
+        <v>7153.874</v>
       </c>
       <c r="N30" s="8">
-        <v>10783.421</v>
+        <v>10707.661</v>
       </c>
       <c r="O30" s="8">
-        <v>1041.11</v>
+        <v>1074.081</v>
       </c>
       <c r="P30" s="8">
-        <v>4230.614</v>
+        <v>4021.144</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" s="9">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B31" s="9"/>
       <c r="C31" s="8">
-        <v>750893.068</v>
+        <v>761811.5870000001</v>
       </c>
       <c r="D31" s="8">
-        <v>687.6369999999999</v>
+        <v>587.172</v>
       </c>
       <c r="E31" s="8">
-        <v>140.29</v>
+        <v>170.508</v>
       </c>
       <c r="F31" s="8">
-        <v>203.685</v>
+        <v>153.698</v>
       </c>
       <c r="G31" s="8">
-        <v>78257.249</v>
+        <v>76130.16099999999</v>
       </c>
       <c r="H31" s="8">
-        <v>82140.54300000001</v>
+        <v>80915.837</v>
       </c>
       <c r="I31" s="8">
-        <v>26567.206</v>
+        <v>26351.64</v>
       </c>
       <c r="J31" s="8">
-        <v>19224.037</v>
+        <v>18424.619</v>
       </c>
       <c r="K31" s="8">
-        <v>384953.184</v>
+        <v>394102.845</v>
       </c>
       <c r="L31" s="8">
-        <v>136723.612</v>
+        <v>141818.661</v>
       </c>
       <c r="M31" s="8">
-        <v>6502.632</v>
+        <v>7101.296</v>
       </c>
       <c r="N31" s="8">
-        <v>10268.109</v>
+        <v>10783.421</v>
       </c>
       <c r="O31" s="8">
-        <v>911.538</v>
+        <v>1041.11</v>
       </c>
       <c r="P31" s="8">
-        <v>4313.347</v>
+        <v>4230.614</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" s="9">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B32" s="9"/>
       <c r="C32" s="8">
-        <v>724990.145</v>
+        <v>750893.068</v>
       </c>
       <c r="D32" s="8">
-        <v>650.283</v>
+        <v>687.6369999999999</v>
       </c>
       <c r="E32" s="8">
-        <v>183.35</v>
+        <v>140.29</v>
       </c>
       <c r="F32" s="8">
-        <v>118.963</v>
+        <v>203.685</v>
       </c>
       <c r="G32" s="8">
-        <v>74040.45600000001</v>
+        <v>78257.249</v>
       </c>
       <c r="H32" s="8">
-        <v>78155.44100000001</v>
+        <v>82140.54300000001</v>
       </c>
       <c r="I32" s="8">
-        <v>25910.915</v>
+        <v>26567.206</v>
       </c>
       <c r="J32" s="8">
-        <v>18956.309</v>
+        <v>19224.037</v>
       </c>
       <c r="K32" s="8">
-        <v>376132.661</v>
+        <v>384953.184</v>
       </c>
       <c r="L32" s="8">
-        <v>129297.375</v>
+        <v>136723.612</v>
       </c>
       <c r="M32" s="8">
-        <v>6508.042</v>
+        <v>6502.632</v>
       </c>
       <c r="N32" s="8">
-        <v>9816.608</v>
+        <v>10268.109</v>
       </c>
       <c r="O32" s="8">
-        <v>796.5700000000001</v>
+        <v>911.538</v>
       </c>
       <c r="P32" s="8">
-        <v>4423.17</v>
+        <v>4313.347</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" s="9">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B33" s="9"/>
       <c r="C33" s="8">
-        <v>674489.542</v>
+        <v>724990.145</v>
       </c>
       <c r="D33" s="8">
-        <v>689.106</v>
+        <v>650.283</v>
       </c>
       <c r="E33" s="8">
-        <v>97.18300000000001</v>
+        <v>183.35</v>
       </c>
       <c r="F33" s="8">
-        <v>121.031</v>
+        <v>118.963</v>
       </c>
       <c r="G33" s="8">
-        <v>68630.95299999999</v>
+        <v>74040.45600000001</v>
       </c>
       <c r="H33" s="8">
-        <v>70910.993</v>
+        <v>78155.44100000001</v>
       </c>
       <c r="I33" s="8">
-        <v>25754.125</v>
+        <v>25910.915</v>
       </c>
       <c r="J33" s="8">
-        <v>17813.77</v>
+        <v>18956.309</v>
       </c>
       <c r="K33" s="8">
-        <v>350164.474</v>
+        <v>376132.661</v>
       </c>
       <c r="L33" s="8">
-        <v>119658.703</v>
+        <v>129297.375</v>
       </c>
       <c r="M33" s="8">
-        <v>6236.347</v>
+        <v>6508.042</v>
       </c>
       <c r="N33" s="8">
-        <v>9227.216</v>
+        <v>9816.608</v>
       </c>
       <c r="O33" s="8">
-        <v>733.241</v>
+        <v>796.5700000000001</v>
       </c>
       <c r="P33" s="8">
-        <v>4452.399</v>
+        <v>4423.17</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" s="9">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B34" s="9"/>
       <c r="C34" s="8">
-        <v>657964.022</v>
+        <v>674489.542</v>
       </c>
       <c r="D34" s="8">
-        <v>643.095</v>
+        <v>689.106</v>
       </c>
       <c r="E34" s="8">
-        <v>67.24299999999999</v>
+        <v>97.18300000000001</v>
       </c>
       <c r="F34" s="8">
-        <v>117.697</v>
+        <v>121.031</v>
       </c>
       <c r="G34" s="8">
-        <v>63965.143</v>
+        <v>68630.95299999999</v>
       </c>
       <c r="H34" s="8">
-        <v>78877.724</v>
+        <v>70910.993</v>
       </c>
       <c r="I34" s="8">
-        <v>27874.801</v>
+        <v>25754.125</v>
       </c>
       <c r="J34" s="8">
-        <v>17205.058</v>
+        <v>17813.77</v>
       </c>
       <c r="K34" s="8">
-        <v>328649.562</v>
+        <v>350164.474</v>
       </c>
       <c r="L34" s="8">
-        <v>119162.782</v>
+        <v>119658.703</v>
       </c>
       <c r="M34" s="8">
-        <v>6424.67</v>
+        <v>6236.347</v>
       </c>
       <c r="N34" s="8">
-        <v>9201.166999999999</v>
+        <v>9227.216</v>
       </c>
       <c r="O34" s="8">
-        <v>697.735</v>
+        <v>733.241</v>
       </c>
       <c r="P34" s="8">
-        <v>5077.348</v>
+        <v>4452.399</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" s="4"/>
       <c r="B35" s="4"/>
       <c r="C35" s="4"/>
       <c r="D35" s="4"/>
       <c r="E35" s="4"/>
       <c r="F35" s="4"/>
       <c r="G35" s="4"/>
       <c r="H35" s="4"/>
       <c r="I35" s="4"/>
       <c r="J35" s="4"/>
       <c r="K35" s="4"/>
       <c r="L35" s="4"/>
       <c r="M35" s="4"/>
       <c r="N35" s="4"/>
       <c r="O35" s="4"/>
       <c r="P35" s="4"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>