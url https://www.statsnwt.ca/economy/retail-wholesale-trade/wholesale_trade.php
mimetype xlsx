--- v3 (2026-02-19)
+++ v4 (2026-03-31)
@@ -130,84 +130,84 @@
   <si>
     <t>(V1545665348)</t>
   </si>
   <si>
     <t>(V1545665347)</t>
   </si>
   <si>
     <t>(V1545665346)</t>
   </si>
   <si>
     <t>(V1545665345)</t>
   </si>
   <si>
     <t>(V1545665344)</t>
   </si>
   <si>
     <t>(V1545665343)</t>
   </si>
   <si>
     <t>(V1545665342)</t>
   </si>
   <si>
     <t>(V1545665341)</t>
   </si>
   <si>
+    <t>Jan</t>
+  </si>
+  <si>
     <t>Dec</t>
   </si>
   <si>
     <t>Nov</t>
   </si>
   <si>
     <t>Oct</t>
   </si>
   <si>
     <t>Sep</t>
   </si>
   <si>
     <t>Aug</t>
   </si>
   <si>
     <t>Jul</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Feb</t>
-  </si>
-[...1 lines deleted...]
-    <t>Jan</t>
   </si>
   <si>
     <t>Annual Totals</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_(* #,##0.0_);_(* (#,##0.0);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -786,692 +786,692 @@
       </c>
       <c r="P6" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" s="2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="8">
-        <v>83546.84600000001</v>
+        <v>76458.173</v>
       </c>
       <c r="D8" s="8">
-        <v>20.813</v>
+        <v>21.128</v>
       </c>
       <c r="E8" s="8">
-        <v>12.055</v>
+        <v>8.032999999999999</v>
       </c>
       <c r="F8" s="8">
-        <v>12.999</v>
+        <v>15.756</v>
       </c>
       <c r="G8" s="8">
-        <v>7916.066</v>
+        <v>7533.828</v>
       </c>
       <c r="H8" s="8">
-        <v>9062.040999999999</v>
+        <v>8775.958000000001</v>
       </c>
       <c r="I8" s="8">
-        <v>3816.406</v>
+        <v>3133.823</v>
       </c>
       <c r="J8" s="8">
-        <v>1801.156</v>
+        <v>1763.999</v>
       </c>
       <c r="K8" s="8">
-        <v>43631.731</v>
+        <v>38942.848</v>
       </c>
       <c r="L8" s="8">
-        <v>14819.633</v>
+        <v>13972.816</v>
       </c>
       <c r="M8" s="8">
-        <v>750.573</v>
+        <v>723.364</v>
       </c>
       <c r="N8" s="8">
-        <v>1146.514</v>
+        <v>1085.189</v>
       </c>
       <c r="O8" s="8">
-        <v>93.491</v>
+        <v>85.069</v>
       </c>
       <c r="P8" s="8">
-        <v>463.37</v>
+        <v>396.362</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" s="2"/>
-      <c r="B9" s="2" t="s">
+      <c r="B9" s="2"/>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3"/>
+      <c r="E9" s="3"/>
+      <c r="F9" s="3"/>
+      <c r="G9" s="3"/>
+      <c r="H9" s="3"/>
+      <c r="I9" s="3"/>
+      <c r="J9" s="3"/>
+      <c r="K9" s="3"/>
+      <c r="L9" s="3"/>
+      <c r="M9" s="3"/>
+      <c r="N9" s="3"/>
+      <c r="O9" s="3"/>
+      <c r="P9" s="3"/>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" s="2">
+        <v>2025</v>
+      </c>
+      <c r="B10" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="C9" s="8">
-[...46 lines deleted...]
-      </c>
       <c r="C10" s="8">
-        <v>92848.083</v>
+        <v>83361.758</v>
       </c>
       <c r="D10" s="8">
-        <v>25.295</v>
+        <v>21.127</v>
       </c>
       <c r="E10" s="8">
-        <v>16.554</v>
+        <v>12.009</v>
       </c>
       <c r="F10" s="8">
-        <v>21.748</v>
+        <v>13.091</v>
       </c>
       <c r="G10" s="8">
-        <v>8939.914000000001</v>
+        <v>7827.084</v>
       </c>
       <c r="H10" s="8">
-        <v>10243.007</v>
+        <v>9093.239</v>
       </c>
       <c r="I10" s="8">
-        <v>4759.855</v>
+        <v>3761.413</v>
       </c>
       <c r="J10" s="8">
-        <v>2140.07</v>
+        <v>1787.181</v>
       </c>
       <c r="K10" s="8">
-        <v>47656.181</v>
+        <v>43545.654</v>
       </c>
       <c r="L10" s="8">
-        <v>16244.627</v>
+        <v>14861.926</v>
       </c>
       <c r="M10" s="8">
-        <v>887.816</v>
+        <v>748.918</v>
       </c>
       <c r="N10" s="8">
-        <v>1286.347</v>
+        <v>1138.875</v>
       </c>
       <c r="O10" s="8">
-        <v>109.488</v>
+        <v>90.255</v>
       </c>
       <c r="P10" s="8">
-        <v>517.181</v>
+        <v>460.983</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" s="2"/>
       <c r="B11" s="2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C11" s="8">
-        <v>87928.42200000001</v>
+        <v>83175.837</v>
       </c>
       <c r="D11" s="8">
-        <v>24.329</v>
+        <v>18.922</v>
       </c>
       <c r="E11" s="8">
-        <v>18.485</v>
+        <v>14.025</v>
       </c>
       <c r="F11" s="8">
-        <v>18.582</v>
+        <v>17.182</v>
       </c>
       <c r="G11" s="8">
-        <v>8590.258</v>
+        <v>7957.131</v>
       </c>
       <c r="H11" s="8">
-        <v>9953.853999999999</v>
+        <v>9116.870000000001</v>
       </c>
       <c r="I11" s="8">
-        <v>3340.604</v>
+        <v>4047.61</v>
       </c>
       <c r="J11" s="8">
-        <v>1860.947</v>
+        <v>1927.138</v>
       </c>
       <c r="K11" s="8">
-        <v>45547.8</v>
+        <v>42380.653</v>
       </c>
       <c r="L11" s="8">
-        <v>15798.904</v>
+        <v>15185.789</v>
       </c>
       <c r="M11" s="8">
-        <v>870.453</v>
+        <v>760.011</v>
       </c>
       <c r="N11" s="8">
-        <v>1302.955</v>
+        <v>1213.715</v>
       </c>
       <c r="O11" s="8">
-        <v>112.898</v>
+        <v>89.21299999999999</v>
       </c>
       <c r="P11" s="8">
-        <v>488.353</v>
+        <v>447.578</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" s="2"/>
       <c r="B12" s="2" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C12" s="8">
-        <v>82915.92600000001</v>
+        <v>92848.083</v>
       </c>
       <c r="D12" s="8">
-        <v>25.062</v>
+        <v>25.295</v>
       </c>
       <c r="E12" s="8">
-        <v>23.099</v>
+        <v>16.554</v>
       </c>
       <c r="F12" s="8">
-        <v>20.876</v>
+        <v>21.748</v>
       </c>
       <c r="G12" s="8">
-        <v>8004.638</v>
+        <v>8939.914000000001</v>
       </c>
       <c r="H12" s="8">
-        <v>9181.6</v>
+        <v>10243.007</v>
       </c>
       <c r="I12" s="8">
-        <v>3622.122</v>
+        <v>4759.855</v>
       </c>
       <c r="J12" s="8">
-        <v>1912.492</v>
+        <v>2140.07</v>
       </c>
       <c r="K12" s="8">
-        <v>42240.544</v>
+        <v>47656.181</v>
       </c>
       <c r="L12" s="8">
-        <v>15223.755</v>
+        <v>16244.627</v>
       </c>
       <c r="M12" s="8">
-        <v>917.186</v>
+        <v>887.816</v>
       </c>
       <c r="N12" s="8">
-        <v>1160.914</v>
+        <v>1286.347</v>
       </c>
       <c r="O12" s="8">
-        <v>93.379</v>
+        <v>109.488</v>
       </c>
       <c r="P12" s="8">
-        <v>490.258</v>
+        <v>517.181</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" s="2"/>
       <c r="B13" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C13" s="8">
-        <v>86728.939</v>
+        <v>87928.42200000001</v>
       </c>
       <c r="D13" s="8">
-        <v>28.17</v>
+        <v>24.329</v>
       </c>
       <c r="E13" s="8">
-        <v>43.758</v>
+        <v>18.485</v>
       </c>
       <c r="F13" s="8">
-        <v>25.421</v>
+        <v>18.582</v>
       </c>
       <c r="G13" s="8">
-        <v>8398.692999999999</v>
+        <v>8590.258</v>
       </c>
       <c r="H13" s="8">
-        <v>9721.152</v>
+        <v>9953.853999999999</v>
       </c>
       <c r="I13" s="8">
-        <v>3245.707</v>
+        <v>3340.604</v>
       </c>
       <c r="J13" s="8">
-        <v>2033.815</v>
+        <v>1860.947</v>
       </c>
       <c r="K13" s="8">
-        <v>44756.384</v>
+        <v>45547.8</v>
       </c>
       <c r="L13" s="8">
-        <v>15433.379</v>
+        <v>15798.904</v>
       </c>
       <c r="M13" s="8">
-        <v>1004.517</v>
+        <v>870.453</v>
       </c>
       <c r="N13" s="8">
-        <v>1358.865</v>
+        <v>1302.955</v>
       </c>
       <c r="O13" s="8">
-        <v>109.907</v>
+        <v>112.898</v>
       </c>
       <c r="P13" s="8">
-        <v>569.172</v>
+        <v>488.353</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" s="2"/>
       <c r="B14" s="2" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C14" s="8">
-        <v>87707.325</v>
+        <v>82915.92600000001</v>
       </c>
       <c r="D14" s="8">
-        <v>46.426</v>
+        <v>25.062</v>
       </c>
       <c r="E14" s="8">
-        <v>24.8</v>
+        <v>23.099</v>
       </c>
       <c r="F14" s="8">
-        <v>19.927</v>
+        <v>20.876</v>
       </c>
       <c r="G14" s="8">
-        <v>8307.704</v>
+        <v>8004.638</v>
       </c>
       <c r="H14" s="8">
-        <v>9600.271000000001</v>
+        <v>9181.6</v>
       </c>
       <c r="I14" s="8">
-        <v>3646.586</v>
+        <v>3622.122</v>
       </c>
       <c r="J14" s="8">
-        <v>2186.725</v>
+        <v>1912.492</v>
       </c>
       <c r="K14" s="8">
-        <v>45206.817</v>
+        <v>42240.544</v>
       </c>
       <c r="L14" s="8">
-        <v>15456.403</v>
+        <v>15223.755</v>
       </c>
       <c r="M14" s="8">
-        <v>1091.234</v>
+        <v>917.186</v>
       </c>
       <c r="N14" s="8">
-        <v>1452.881</v>
+        <v>1160.914</v>
       </c>
       <c r="O14" s="8">
-        <v>146.011</v>
+        <v>93.379</v>
       </c>
       <c r="P14" s="8">
-        <v>521.539</v>
+        <v>490.258</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" s="2"/>
       <c r="B15" s="2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C15" s="8">
-        <v>90959.526</v>
+        <v>86728.939</v>
       </c>
       <c r="D15" s="8">
-        <v>30.724</v>
+        <v>28.17</v>
       </c>
       <c r="E15" s="8">
-        <v>20.541</v>
+        <v>43.758</v>
       </c>
       <c r="F15" s="8">
-        <v>21.391</v>
+        <v>25.421</v>
       </c>
       <c r="G15" s="8">
-        <v>8570.860000000001</v>
+        <v>8398.692999999999</v>
       </c>
       <c r="H15" s="8">
-        <v>10743.704</v>
+        <v>9721.152</v>
       </c>
       <c r="I15" s="8">
-        <v>4615.058</v>
+        <v>3245.707</v>
       </c>
       <c r="J15" s="8">
-        <v>2365.162</v>
+        <v>2033.815</v>
       </c>
       <c r="K15" s="8">
-        <v>45202.771</v>
+        <v>44756.384</v>
       </c>
       <c r="L15" s="8">
-        <v>16091.935</v>
+        <v>15433.379</v>
       </c>
       <c r="M15" s="8">
-        <v>1067.886</v>
+        <v>1004.517</v>
       </c>
       <c r="N15" s="8">
-        <v>1530.209</v>
+        <v>1358.865</v>
       </c>
       <c r="O15" s="8">
-        <v>161.419</v>
+        <v>109.907</v>
       </c>
       <c r="P15" s="8">
-        <v>537.8680000000001</v>
+        <v>569.172</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" s="2"/>
       <c r="B16" s="2" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C16" s="8">
-        <v>85652.058</v>
+        <v>87707.325</v>
       </c>
       <c r="D16" s="8">
-        <v>22.951</v>
+        <v>46.426</v>
       </c>
       <c r="E16" s="8">
-        <v>9.066000000000001</v>
+        <v>24.8</v>
       </c>
       <c r="F16" s="8">
-        <v>18.026</v>
+        <v>19.927</v>
       </c>
       <c r="G16" s="8">
-        <v>7889.678</v>
+        <v>8307.704</v>
       </c>
       <c r="H16" s="8">
-        <v>10141.219</v>
+        <v>9600.271000000001</v>
       </c>
       <c r="I16" s="8">
-        <v>4034.114</v>
+        <v>3646.586</v>
       </c>
       <c r="J16" s="8">
-        <v>2099.739</v>
+        <v>2186.725</v>
       </c>
       <c r="K16" s="8">
-        <v>42751.322</v>
+        <v>45206.817</v>
       </c>
       <c r="L16" s="8">
-        <v>15762.427</v>
+        <v>15456.403</v>
       </c>
       <c r="M16" s="8">
-        <v>1016.007</v>
+        <v>1091.234</v>
       </c>
       <c r="N16" s="8">
-        <v>1284.834</v>
+        <v>1452.881</v>
       </c>
       <c r="O16" s="8">
-        <v>112.363</v>
+        <v>146.011</v>
       </c>
       <c r="P16" s="8">
-        <v>510.311</v>
+        <v>521.539</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="2"/>
       <c r="B17" s="2" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C17" s="8">
-        <v>89047.001</v>
+        <v>90959.526</v>
       </c>
       <c r="D17" s="8">
-        <v>33.467</v>
+        <v>30.724</v>
       </c>
       <c r="E17" s="8">
-        <v>8.914999999999999</v>
+        <v>20.541</v>
       </c>
       <c r="F17" s="8">
-        <v>13.457</v>
+        <v>21.391</v>
       </c>
       <c r="G17" s="8">
-        <v>8279.578</v>
+        <v>8570.860000000001</v>
       </c>
       <c r="H17" s="8">
-        <v>10265.489</v>
+        <v>10743.704</v>
       </c>
       <c r="I17" s="8">
-        <v>4088.782</v>
+        <v>4615.058</v>
       </c>
       <c r="J17" s="8">
-        <v>2123.181</v>
+        <v>2365.162</v>
       </c>
       <c r="K17" s="8">
-        <v>46215.842</v>
+        <v>45202.771</v>
       </c>
       <c r="L17" s="8">
-        <v>15471.529</v>
+        <v>16091.935</v>
       </c>
       <c r="M17" s="8">
-        <v>766.169</v>
+        <v>1067.886</v>
       </c>
       <c r="N17" s="8">
-        <v>1230.728</v>
+        <v>1530.209</v>
       </c>
       <c r="O17" s="8">
-        <v>89.026</v>
+        <v>161.419</v>
       </c>
       <c r="P17" s="8">
-        <v>460.838</v>
+        <v>537.8680000000001</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" s="2"/>
       <c r="B18" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C18" s="8">
-        <v>75369.59600000001</v>
+        <v>85652.058</v>
       </c>
       <c r="D18" s="8">
-        <v>27.207</v>
+        <v>22.951</v>
       </c>
       <c r="E18" s="8">
-        <v>5.618</v>
+        <v>9.066000000000001</v>
       </c>
       <c r="F18" s="8">
-        <v>14.508</v>
+        <v>18.026</v>
       </c>
       <c r="G18" s="8">
-        <v>7161.738</v>
+        <v>7889.678</v>
       </c>
       <c r="H18" s="8">
-        <v>8764.584000000001</v>
+        <v>10141.219</v>
       </c>
       <c r="I18" s="8">
-        <v>2866.446</v>
+        <v>4034.114</v>
       </c>
       <c r="J18" s="8">
-        <v>1684.607</v>
+        <v>2099.739</v>
       </c>
       <c r="K18" s="8">
-        <v>39181.277</v>
+        <v>42751.322</v>
       </c>
       <c r="L18" s="8">
-        <v>13470.126</v>
+        <v>15762.427</v>
       </c>
       <c r="M18" s="8">
-        <v>679.09</v>
+        <v>1016.007</v>
       </c>
       <c r="N18" s="8">
-        <v>1008.05</v>
+        <v>1284.834</v>
       </c>
       <c r="O18" s="8">
-        <v>77.63800000000001</v>
+        <v>112.363</v>
       </c>
       <c r="P18" s="8">
-        <v>428.706</v>
+        <v>510.311</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" s="2"/>
       <c r="B19" s="2" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C19" s="8">
-        <v>78203.371</v>
+        <v>89047.001</v>
       </c>
       <c r="D19" s="8">
-        <v>25.043</v>
+        <v>33.467</v>
       </c>
       <c r="E19" s="8">
-        <v>6.641</v>
+        <v>8.914999999999999</v>
       </c>
       <c r="F19" s="8">
-        <v>12.19</v>
+        <v>13.457</v>
       </c>
       <c r="G19" s="8">
-        <v>7811.804</v>
+        <v>8279.578</v>
       </c>
       <c r="H19" s="8">
-        <v>8849.825999999999</v>
+        <v>10265.489</v>
       </c>
       <c r="I19" s="8">
-        <v>2902.56</v>
+        <v>4088.782</v>
       </c>
       <c r="J19" s="8">
-        <v>1774.373</v>
+        <v>2123.181</v>
       </c>
       <c r="K19" s="8">
-        <v>40459.665</v>
+        <v>46215.842</v>
       </c>
       <c r="L19" s="8">
-        <v>13868.389</v>
+        <v>15471.529</v>
       </c>
       <c r="M19" s="8">
-        <v>777.181</v>
+        <v>766.169</v>
       </c>
       <c r="N19" s="8">
-        <v>1157.819</v>
+        <v>1230.728</v>
       </c>
       <c r="O19" s="8">
-        <v>86.123</v>
+        <v>89.026</v>
       </c>
       <c r="P19" s="8">
-        <v>471.757</v>
+        <v>460.838</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" s="2"/>
-      <c r="B20" s="2"/>
-[...13 lines deleted...]
-      <c r="P20" s="3"/>
+      <c r="B20" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="C20" s="8">
+        <v>75369.59600000001</v>
+      </c>
+      <c r="D20" s="8">
+        <v>27.207</v>
+      </c>
+      <c r="E20" s="8">
+        <v>5.618</v>
+      </c>
+      <c r="F20" s="8">
+        <v>14.508</v>
+      </c>
+      <c r="G20" s="8">
+        <v>7161.738</v>
+      </c>
+      <c r="H20" s="8">
+        <v>8764.584000000001</v>
+      </c>
+      <c r="I20" s="8">
+        <v>2866.446</v>
+      </c>
+      <c r="J20" s="8">
+        <v>1684.607</v>
+      </c>
+      <c r="K20" s="8">
+        <v>39181.277</v>
+      </c>
+      <c r="L20" s="8">
+        <v>13470.126</v>
+      </c>
+      <c r="M20" s="8">
+        <v>679.09</v>
+      </c>
+      <c r="N20" s="8">
+        <v>1008.05</v>
+      </c>
+      <c r="O20" s="8">
+        <v>77.63800000000001</v>
+      </c>
+      <c r="P20" s="8">
+        <v>428.706</v>
+      </c>
     </row>
     <row r="21" spans="1:16">
-      <c r="A21" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="A21" s="2"/>
       <c r="B21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="8">
-        <v>78992.924</v>
+        <v>78203.371</v>
       </c>
       <c r="D21" s="8">
-        <v>25.439</v>
+        <v>25.043</v>
       </c>
       <c r="E21" s="8">
-        <v>7.367</v>
+        <v>6.641</v>
       </c>
       <c r="F21" s="8">
-        <v>14.668</v>
+        <v>12.19</v>
       </c>
       <c r="G21" s="8">
-        <v>7306.433</v>
+        <v>7811.804</v>
       </c>
       <c r="H21" s="8">
-        <v>8652.614</v>
+        <v>8849.825999999999</v>
       </c>
       <c r="I21" s="8">
-        <v>3199.887</v>
+        <v>2902.56</v>
       </c>
       <c r="J21" s="8">
-        <v>1676.744</v>
+        <v>1774.373</v>
       </c>
       <c r="K21" s="8">
-        <v>41853.359</v>
+        <v>40459.665</v>
       </c>
       <c r="L21" s="8">
-        <v>13808.126</v>
+        <v>13868.389</v>
       </c>
       <c r="M21" s="8">
-        <v>737.422</v>
+        <v>777.181</v>
       </c>
       <c r="N21" s="8">
-        <v>1152.957</v>
+        <v>1157.819</v>
       </c>
       <c r="O21" s="8">
-        <v>88.822</v>
+        <v>86.123</v>
       </c>
       <c r="P21" s="8">
-        <v>469.087</v>
+        <v>471.757</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
       <c r="O22" s="3"/>
       <c r="P22" s="3"/>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" s="5" t="s">
         <v>43</v>
       </c>
       <c r="B23" s="5"/>
@@ -1492,90 +1492,90 @@
     </row>
     <row r="24" spans="1:16">
       <c r="A24" s="2"/>
       <c r="B24" s="2"/>
       <c r="C24" s="3"/>
       <c r="D24" s="3"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
       <c r="L24" s="3"/>
       <c r="M24" s="3"/>
       <c r="N24" s="3"/>
       <c r="O24" s="3"/>
       <c r="P24" s="3"/>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" s="9">
         <v>2025</v>
       </c>
       <c r="B25" s="9"/>
       <c r="C25" s="8">
-        <v>1024082.93</v>
+        <v>1023897.842</v>
       </c>
       <c r="D25" s="8">
-        <v>328.409</v>
+        <v>328.723</v>
       </c>
       <c r="E25" s="8">
-        <v>203.557</v>
+        <v>203.511</v>
       </c>
       <c r="F25" s="8">
-        <v>216.307</v>
+        <v>216.399</v>
       </c>
       <c r="G25" s="8">
-        <v>97828.06200000001</v>
+        <v>97739.08</v>
       </c>
       <c r="H25" s="8">
-        <v>115643.617</v>
+        <v>115674.815</v>
       </c>
       <c r="I25" s="8">
-        <v>44985.85</v>
+        <v>44930.857</v>
       </c>
       <c r="J25" s="8">
-        <v>23909.405</v>
+        <v>23895.43</v>
       </c>
       <c r="K25" s="8">
-        <v>525230.987</v>
+        <v>525144.91</v>
       </c>
       <c r="L25" s="8">
-        <v>182826.896</v>
+        <v>182869.189</v>
       </c>
       <c r="M25" s="8">
-        <v>10588.123</v>
+        <v>10586.468</v>
       </c>
       <c r="N25" s="8">
-        <v>15133.831</v>
+        <v>15126.192</v>
       </c>
       <c r="O25" s="8">
-        <v>1280.956</v>
+        <v>1277.72</v>
       </c>
       <c r="P25" s="8">
-        <v>5906.931</v>
+        <v>5904.544</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" s="9">
         <v>2024</v>
       </c>
       <c r="B26" s="9"/>
       <c r="C26" s="8">
         <v>994512.224</v>
       </c>
       <c r="D26" s="8">
         <v>400.881</v>
       </c>
       <c r="E26" s="8">
         <v>7.367</v>
       </c>
       <c r="F26" s="8">
         <v>14.668</v>
       </c>
       <c r="G26" s="8">
         <v>92745.087</v>
       </c>
       <c r="H26" s="8">
         <v>109621.449</v>
       </c>