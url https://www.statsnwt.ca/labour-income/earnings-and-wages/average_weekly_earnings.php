--- v0 (2025-10-08)
+++ v1 (2025-12-10)
@@ -133,84 +133,84 @@
   <si>
     <t>(V1810726)</t>
   </si>
   <si>
     <t>(V1810730)</t>
   </si>
   <si>
     <t>(V1810727)</t>
   </si>
   <si>
     <t>(V1810735)</t>
   </si>
   <si>
     <t>(V1810731)</t>
   </si>
   <si>
     <t>(V1810740)</t>
   </si>
   <si>
     <t>(V1810751)</t>
   </si>
   <si>
     <t>(V1810748)</t>
   </si>
   <si>
+    <t>Sep</t>
+  </si>
+  <si>
+    <t>Aug</t>
+  </si>
+  <si>
     <t>Jul</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Dec</t>
   </si>
   <si>
     <t>Nov</t>
   </si>
   <si>
     <t>Oct</t>
-  </si>
-[...4 lines deleted...]
-    <t>Aug</t>
   </si>
   <si>
     <t>Annual</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* (#,##0);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -811,512 +811,512 @@
       <c r="M8" s="3"/>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="2"/>
       <c r="B9" s="2"/>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
       <c r="M9" s="3"/>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="2">
         <v>2025</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="8">
-        <v>1725.49</v>
+        <v>1760.44</v>
       </c>
       <c r="D10" s="8">
-        <v>2355.67</v>
+        <v>2409.56</v>
       </c>
       <c r="E10" s="8">
-        <v>1591.3</v>
+        <v>1623.34</v>
       </c>
       <c r="F10" s="8">
-        <v>1794.16</v>
+        <v>1811.03</v>
       </c>
       <c r="G10" s="8">
-        <v>1451.49</v>
+        <v>1584.59</v>
       </c>
       <c r="H10" s="8">
-        <v>884.52</v>
+        <v>835.0700000000001</v>
       </c>
       <c r="I10" s="8">
-        <v>1919.45</v>
+        <v>1995.11</v>
       </c>
       <c r="J10" s="8">
-        <v>1974.85</v>
+        <v>2065.88</v>
       </c>
       <c r="K10" s="8">
-        <v>1172.01</v>
+        <v>1350.19</v>
       </c>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="2"/>
       <c r="B11" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C11" s="8">
-        <v>1731.31</v>
+        <v>1771.96</v>
       </c>
       <c r="D11" s="8">
-        <v>2412.43</v>
+        <v>2440.81</v>
       </c>
       <c r="E11" s="8">
-        <v>1591.09</v>
+        <v>1630.6</v>
       </c>
       <c r="F11" s="8">
-        <v>1668.11</v>
+        <v>1810.32</v>
       </c>
       <c r="G11" s="8">
-        <v>1468.6</v>
+        <v>1507.59</v>
       </c>
       <c r="H11" s="8">
-        <v>868.13</v>
+        <v>882.63</v>
       </c>
       <c r="I11" s="8">
-        <v>1854.64</v>
+        <v>1922.72</v>
       </c>
       <c r="J11" s="8">
-        <v>2027.73</v>
+        <v>2024.59</v>
       </c>
       <c r="K11" s="8">
-        <v>1186.79</v>
+        <v>1125.44</v>
       </c>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="2"/>
       <c r="B12" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="8">
-        <v>1741.27</v>
+        <v>1727.92</v>
       </c>
       <c r="D12" s="8">
-        <v>2352.89</v>
+        <v>2365.69</v>
       </c>
       <c r="E12" s="8">
-        <v>1614.08</v>
+        <v>1591.94</v>
       </c>
       <c r="F12" s="8">
-        <v>1694.44</v>
+        <v>1793.36</v>
       </c>
       <c r="G12" s="8">
-        <v>1501.77</v>
+        <v>1453.55</v>
       </c>
       <c r="H12" s="8">
-        <v>886.78</v>
+        <v>887.1</v>
       </c>
       <c r="I12" s="8">
-        <v>1913.81</v>
+        <v>1918.36</v>
       </c>
       <c r="J12" s="8">
-        <v>1989.81</v>
+        <v>1968.95</v>
       </c>
       <c r="K12" s="8">
-        <v>1158.82</v>
+        <v>1180.59</v>
       </c>
       <c r="L12" s="3"/>
       <c r="M12" s="3"/>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="2"/>
       <c r="B13" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C13" s="8">
-        <v>1743.1</v>
+        <v>1731.31</v>
       </c>
       <c r="D13" s="8">
-        <v>2426.05</v>
+        <v>2412.43</v>
       </c>
       <c r="E13" s="8">
-        <v>1597.74</v>
+        <v>1591.09</v>
       </c>
       <c r="F13" s="8">
-        <v>1827.11</v>
+        <v>1668.11</v>
       </c>
       <c r="G13" s="8">
-        <v>1414.65</v>
+        <v>1468.6</v>
       </c>
       <c r="H13" s="8">
-        <v>1008.33</v>
+        <v>868.13</v>
       </c>
       <c r="I13" s="8">
-        <v>1848.68</v>
+        <v>1854.64</v>
       </c>
       <c r="J13" s="8">
-        <v>2012.87</v>
+        <v>2027.73</v>
       </c>
       <c r="K13" s="8">
-        <v>1158.96</v>
+        <v>1186.79</v>
       </c>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="2"/>
       <c r="B14" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="8">
-        <v>1693.84</v>
+        <v>1741.27</v>
       </c>
       <c r="D14" s="8">
-        <v>2352.19</v>
+        <v>2352.89</v>
       </c>
       <c r="E14" s="8">
-        <v>1552.73</v>
+        <v>1614.08</v>
       </c>
       <c r="F14" s="8">
-        <v>1848.2</v>
+        <v>1694.44</v>
       </c>
       <c r="G14" s="8">
-        <v>1518.53</v>
+        <v>1501.77</v>
       </c>
       <c r="H14" s="8">
-        <v>931.3099999999999</v>
+        <v>886.78</v>
       </c>
       <c r="I14" s="8">
-        <v>1795.11</v>
+        <v>1913.81</v>
       </c>
       <c r="J14" s="8">
-        <v>1929.59</v>
+        <v>1989.81</v>
       </c>
       <c r="K14" s="8">
-        <v>1007.83</v>
+        <v>1158.82</v>
       </c>
       <c r="L14" s="3"/>
       <c r="M14" s="3"/>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="2"/>
       <c r="B15" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="8">
-        <v>1739.6</v>
+        <v>1743.1</v>
       </c>
       <c r="D15" s="8">
-        <v>2374.93</v>
+        <v>2426.05</v>
       </c>
       <c r="E15" s="8">
-        <v>1599.7</v>
+        <v>1597.74</v>
       </c>
       <c r="F15" s="8">
-        <v>1766.22</v>
+        <v>1827.11</v>
       </c>
       <c r="G15" s="8">
-        <v>1565.04</v>
+        <v>1414.65</v>
       </c>
       <c r="H15" s="8">
-        <v>1005.46</v>
+        <v>1008.33</v>
       </c>
       <c r="I15" s="8">
-        <v>1966.02</v>
+        <v>1848.68</v>
       </c>
       <c r="J15" s="8">
-        <v>1945.77</v>
+        <v>2012.87</v>
       </c>
       <c r="K15" s="8">
-        <v>1087.91</v>
+        <v>1158.96</v>
       </c>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="2"/>
       <c r="B16" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="8">
-        <v>1752.15</v>
+        <v>1693.84</v>
       </c>
       <c r="D16" s="8">
-        <v>2573.31</v>
+        <v>2352.19</v>
       </c>
       <c r="E16" s="8">
-        <v>1584.58</v>
+        <v>1552.73</v>
       </c>
       <c r="F16" s="8">
-        <v>1888.18</v>
+        <v>1848.2</v>
       </c>
       <c r="G16" s="8">
-        <v>1397.63</v>
+        <v>1518.53</v>
       </c>
       <c r="H16" s="8">
-        <v>941.63</v>
+        <v>931.3099999999999</v>
       </c>
       <c r="I16" s="8">
-        <v>2070.95</v>
+        <v>1795.11</v>
       </c>
       <c r="J16" s="8">
-        <v>1930.38</v>
+        <v>1929.59</v>
       </c>
       <c r="K16" s="8">
-        <v>1161.83</v>
+        <v>1007.83</v>
       </c>
       <c r="L16" s="3"/>
       <c r="M16" s="3"/>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="2"/>
-      <c r="B17" s="2"/>
-[...8 lines deleted...]
-      <c r="K17" s="3"/>
+      <c r="B17" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C17" s="8">
+        <v>1739.6</v>
+      </c>
+      <c r="D17" s="8">
+        <v>2374.93</v>
+      </c>
+      <c r="E17" s="8">
+        <v>1599.7</v>
+      </c>
+      <c r="F17" s="8">
+        <v>1766.22</v>
+      </c>
+      <c r="G17" s="8">
+        <v>1565.04</v>
+      </c>
+      <c r="H17" s="8">
+        <v>1005.46</v>
+      </c>
+      <c r="I17" s="8">
+        <v>1966.02</v>
+      </c>
+      <c r="J17" s="8">
+        <v>1945.77</v>
+      </c>
+      <c r="K17" s="8">
+        <v>1087.91</v>
+      </c>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
     <row r="18" spans="1:13">
-      <c r="A18" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="A18" s="2"/>
       <c r="B18" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18" s="8">
-        <v>1811.77</v>
+        <v>1752.15</v>
       </c>
       <c r="D18" s="8">
-        <v>2550.64</v>
+        <v>2573.31</v>
       </c>
       <c r="E18" s="8">
-        <v>1655.42</v>
+        <v>1584.58</v>
       </c>
       <c r="F18" s="8">
-        <v>1822.23</v>
+        <v>1888.18</v>
       </c>
       <c r="G18" s="8">
-        <v>1466.33</v>
+        <v>1397.63</v>
       </c>
       <c r="H18" s="8">
-        <v>946.3200000000001</v>
+        <v>941.63</v>
       </c>
       <c r="I18" s="8">
-        <v>2050.69</v>
+        <v>2070.95</v>
       </c>
       <c r="J18" s="8">
-        <v>2074.95</v>
+        <v>1930.38</v>
       </c>
       <c r="K18" s="8">
-        <v>1296.4</v>
+        <v>1161.83</v>
       </c>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="2"/>
-      <c r="B19" s="2" t="s">
-[...28 lines deleted...]
-      </c>
+      <c r="B19" s="2"/>
+      <c r="C19" s="3"/>
+      <c r="D19" s="3"/>
+      <c r="E19" s="3"/>
+      <c r="F19" s="3"/>
+      <c r="G19" s="3"/>
+      <c r="H19" s="3"/>
+      <c r="I19" s="3"/>
+      <c r="J19" s="3"/>
+      <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
     </row>
     <row r="20" spans="1:13">
-      <c r="A20" s="2"/>
+      <c r="A20" s="2">
+        <v>2024</v>
+      </c>
       <c r="B20" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C20" s="8">
-        <v>1723.54</v>
+        <v>1811.77</v>
       </c>
       <c r="D20" s="8">
-        <v>2437.28</v>
+        <v>2550.64</v>
       </c>
       <c r="E20" s="8">
-        <v>1567.02</v>
+        <v>1655.42</v>
       </c>
       <c r="F20" s="8">
-        <v>1864.75</v>
+        <v>1822.23</v>
       </c>
       <c r="G20" s="8">
-        <v>1375.8</v>
+        <v>1466.33</v>
       </c>
       <c r="H20" s="8">
-        <v>926.46</v>
+        <v>946.3200000000001</v>
       </c>
       <c r="I20" s="8">
-        <v>1889.3</v>
+        <v>2050.69</v>
       </c>
       <c r="J20" s="8">
-        <v>1909.27</v>
+        <v>2074.95</v>
       </c>
       <c r="K20" s="8">
-        <v>1217.65</v>
+        <v>1296.4</v>
       </c>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="2"/>
       <c r="B21" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C21" s="8">
-        <v>1706.88</v>
+        <v>1983.79</v>
       </c>
       <c r="D21" s="8">
-        <v>2393.92</v>
+        <v>2508.94</v>
       </c>
       <c r="E21" s="8">
-        <v>1549.59</v>
+        <v>1869.25</v>
       </c>
       <c r="F21" s="8">
-        <v>1846.85</v>
+        <v>1795.53</v>
       </c>
       <c r="G21" s="8">
-        <v>1619.05</v>
+        <v>1523.54</v>
       </c>
       <c r="H21" s="8">
-        <v>887</v>
+        <v>904.01</v>
       </c>
       <c r="I21" s="8">
-        <v>1812.25</v>
+        <v>1949.32</v>
       </c>
       <c r="J21" s="8">
-        <v>1827.72</v>
+        <v>2774.09</v>
       </c>
       <c r="K21" s="8">
-        <v>1266.99</v>
+        <v>1074.78</v>
       </c>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="2"/>
       <c r="B22" s="2" t="s">
         <v>43</v>
       </c>
       <c r="C22" s="8">
-        <v>1692.26</v>
+        <v>1723.54</v>
       </c>
       <c r="D22" s="8">
-        <v>2399.74</v>
+        <v>2437.28</v>
       </c>
       <c r="E22" s="8">
-        <v>1531.1</v>
+        <v>1567.02</v>
       </c>
       <c r="F22" s="8">
-        <v>1914.15</v>
+        <v>1864.75</v>
       </c>
       <c r="G22" s="8">
-        <v>1412.61</v>
+        <v>1375.8</v>
       </c>
       <c r="H22" s="8">
-        <v>873.33</v>
+        <v>926.46</v>
       </c>
       <c r="I22" s="8">
-        <v>1792.82</v>
+        <v>1889.3</v>
       </c>
       <c r="J22" s="8">
-        <v>1830.98</v>
+        <v>1909.27</v>
       </c>
       <c r="K22" s="8">
-        <v>1147.67</v>
+        <v>1217.65</v>
       </c>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="2"/>
       <c r="B23" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C23" s="8">
-        <v>1720.25</v>
+        <v>1706.88</v>
       </c>
       <c r="D23" s="8">
-        <v>2487.49</v>
+        <v>2393.92</v>
       </c>
       <c r="E23" s="8">
-        <v>1544.5</v>
+        <v>1549.59</v>
       </c>
       <c r="F23" s="8">
-        <v>1904.56</v>
+        <v>1846.85</v>
       </c>
       <c r="G23" s="8">
-        <v>1455.09</v>
+        <v>1619.05</v>
       </c>
       <c r="H23" s="8">
-        <v>931.59</v>
+        <v>887</v>
       </c>
       <c r="I23" s="8">
-        <v>1817.15</v>
+        <v>1812.25</v>
       </c>
       <c r="J23" s="8">
-        <v>1861.53</v>
+        <v>1827.72</v>
       </c>
       <c r="K23" s="8">
-        <v>1253.2</v>
+        <v>1266.99</v>
       </c>
       <c r="L23" s="3"/>
       <c r="M23" s="3"/>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="2"/>
       <c r="B24" s="2"/>
       <c r="C24" s="3"/>
       <c r="D24" s="3"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
       <c r="L24" s="3"/>
       <c r="M24" s="3"/>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B25" s="5"/>
       <c r="C25" s="7"/>