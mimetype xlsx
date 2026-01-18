--- v1 (2025-12-10)
+++ v2 (2026-01-18)
@@ -133,84 +133,84 @@
   <si>
     <t>(V1810726)</t>
   </si>
   <si>
     <t>(V1810730)</t>
   </si>
   <si>
     <t>(V1810727)</t>
   </si>
   <si>
     <t>(V1810735)</t>
   </si>
   <si>
     <t>(V1810731)</t>
   </si>
   <si>
     <t>(V1810740)</t>
   </si>
   <si>
     <t>(V1810751)</t>
   </si>
   <si>
     <t>(V1810748)</t>
   </si>
   <si>
+    <t>Oct</t>
+  </si>
+  <si>
     <t>Sep</t>
   </si>
   <si>
     <t>Aug</t>
   </si>
   <si>
     <t>Jul</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Dec</t>
   </si>
   <si>
     <t>Nov</t>
-  </si>
-[...1 lines deleted...]
-    <t>Oct</t>
   </si>
   <si>
     <t>Annual</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* (#,##0);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -811,512 +811,512 @@
       <c r="M8" s="3"/>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="2"/>
       <c r="B9" s="2"/>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
       <c r="M9" s="3"/>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="2">
         <v>2025</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="8">
-        <v>1760.44</v>
+        <v>1745.34</v>
       </c>
       <c r="D10" s="8">
-        <v>2409.56</v>
+        <v>2331.98</v>
       </c>
       <c r="E10" s="8">
-        <v>1623.34</v>
+        <v>1626.81</v>
       </c>
       <c r="F10" s="8">
-        <v>1811.03</v>
+        <v>1746.54</v>
       </c>
       <c r="G10" s="8">
-        <v>1584.59</v>
+        <v>1586.76</v>
       </c>
       <c r="H10" s="8">
-        <v>835.0700000000001</v>
+        <v>881.9</v>
       </c>
       <c r="I10" s="8">
-        <v>1995.11</v>
+        <v>1855.13</v>
       </c>
       <c r="J10" s="8">
-        <v>2065.88</v>
+        <v>1981.73</v>
       </c>
       <c r="K10" s="8">
-        <v>1350.19</v>
+        <v>1267.62</v>
       </c>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="2"/>
       <c r="B11" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C11" s="8">
-        <v>1771.96</v>
+        <v>1766.18</v>
       </c>
       <c r="D11" s="8">
-        <v>2440.81</v>
+        <v>2398.61</v>
       </c>
       <c r="E11" s="8">
-        <v>1630.6</v>
+        <v>1633.85</v>
       </c>
       <c r="F11" s="8">
-        <v>1810.32</v>
+        <v>1797.63</v>
       </c>
       <c r="G11" s="8">
-        <v>1507.59</v>
+        <v>1646.41</v>
       </c>
       <c r="H11" s="8">
-        <v>882.63</v>
+        <v>848.88</v>
       </c>
       <c r="I11" s="8">
-        <v>1922.72</v>
+        <v>1981.45</v>
       </c>
       <c r="J11" s="8">
-        <v>2024.59</v>
+        <v>2065.96</v>
       </c>
       <c r="K11" s="8">
-        <v>1125.44</v>
+        <v>1306.31</v>
       </c>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="2"/>
       <c r="B12" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="8">
-        <v>1727.92</v>
+        <v>1771.96</v>
       </c>
       <c r="D12" s="8">
-        <v>2365.69</v>
+        <v>2440.81</v>
       </c>
       <c r="E12" s="8">
-        <v>1591.94</v>
+        <v>1630.6</v>
       </c>
       <c r="F12" s="8">
-        <v>1793.36</v>
+        <v>1810.32</v>
       </c>
       <c r="G12" s="8">
-        <v>1453.55</v>
+        <v>1507.59</v>
       </c>
       <c r="H12" s="8">
-        <v>887.1</v>
+        <v>882.63</v>
       </c>
       <c r="I12" s="8">
-        <v>1918.36</v>
+        <v>1922.72</v>
       </c>
       <c r="J12" s="8">
-        <v>1968.95</v>
+        <v>2024.59</v>
       </c>
       <c r="K12" s="8">
-        <v>1180.59</v>
+        <v>1125.44</v>
       </c>
       <c r="L12" s="3"/>
       <c r="M12" s="3"/>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="2"/>
       <c r="B13" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C13" s="8">
-        <v>1731.31</v>
+        <v>1727.92</v>
       </c>
       <c r="D13" s="8">
-        <v>2412.43</v>
+        <v>2365.69</v>
       </c>
       <c r="E13" s="8">
-        <v>1591.09</v>
+        <v>1591.94</v>
       </c>
       <c r="F13" s="8">
-        <v>1668.11</v>
+        <v>1793.36</v>
       </c>
       <c r="G13" s="8">
-        <v>1468.6</v>
+        <v>1453.55</v>
       </c>
       <c r="H13" s="8">
-        <v>868.13</v>
+        <v>887.1</v>
       </c>
       <c r="I13" s="8">
-        <v>1854.64</v>
+        <v>1918.36</v>
       </c>
       <c r="J13" s="8">
-        <v>2027.73</v>
+        <v>1968.95</v>
       </c>
       <c r="K13" s="8">
-        <v>1186.79</v>
+        <v>1180.59</v>
       </c>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="2"/>
       <c r="B14" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="8">
-        <v>1741.27</v>
+        <v>1731.31</v>
       </c>
       <c r="D14" s="8">
-        <v>2352.89</v>
+        <v>2412.43</v>
       </c>
       <c r="E14" s="8">
-        <v>1614.08</v>
+        <v>1591.09</v>
       </c>
       <c r="F14" s="8">
-        <v>1694.44</v>
+        <v>1668.11</v>
       </c>
       <c r="G14" s="8">
-        <v>1501.77</v>
+        <v>1468.6</v>
       </c>
       <c r="H14" s="8">
-        <v>886.78</v>
+        <v>868.13</v>
       </c>
       <c r="I14" s="8">
-        <v>1913.81</v>
+        <v>1854.64</v>
       </c>
       <c r="J14" s="8">
-        <v>1989.81</v>
+        <v>2027.73</v>
       </c>
       <c r="K14" s="8">
-        <v>1158.82</v>
+        <v>1186.79</v>
       </c>
       <c r="L14" s="3"/>
       <c r="M14" s="3"/>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="2"/>
       <c r="B15" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="8">
-        <v>1743.1</v>
+        <v>1741.27</v>
       </c>
       <c r="D15" s="8">
-        <v>2426.05</v>
+        <v>2352.89</v>
       </c>
       <c r="E15" s="8">
-        <v>1597.74</v>
+        <v>1614.08</v>
       </c>
       <c r="F15" s="8">
-        <v>1827.11</v>
+        <v>1694.44</v>
       </c>
       <c r="G15" s="8">
-        <v>1414.65</v>
+        <v>1501.77</v>
       </c>
       <c r="H15" s="8">
-        <v>1008.33</v>
+        <v>886.78</v>
       </c>
       <c r="I15" s="8">
-        <v>1848.68</v>
+        <v>1913.81</v>
       </c>
       <c r="J15" s="8">
-        <v>2012.87</v>
+        <v>1989.81</v>
       </c>
       <c r="K15" s="8">
-        <v>1158.96</v>
+        <v>1158.82</v>
       </c>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="2"/>
       <c r="B16" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="8">
-        <v>1693.84</v>
+        <v>1743.1</v>
       </c>
       <c r="D16" s="8">
-        <v>2352.19</v>
+        <v>2426.05</v>
       </c>
       <c r="E16" s="8">
-        <v>1552.73</v>
+        <v>1597.74</v>
       </c>
       <c r="F16" s="8">
-        <v>1848.2</v>
+        <v>1827.11</v>
       </c>
       <c r="G16" s="8">
-        <v>1518.53</v>
+        <v>1414.65</v>
       </c>
       <c r="H16" s="8">
-        <v>931.3099999999999</v>
+        <v>1008.33</v>
       </c>
       <c r="I16" s="8">
-        <v>1795.11</v>
+        <v>1848.68</v>
       </c>
       <c r="J16" s="8">
-        <v>1929.59</v>
+        <v>2012.87</v>
       </c>
       <c r="K16" s="8">
-        <v>1007.83</v>
+        <v>1158.96</v>
       </c>
       <c r="L16" s="3"/>
       <c r="M16" s="3"/>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="2"/>
       <c r="B17" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="8">
-        <v>1739.6</v>
+        <v>1693.84</v>
       </c>
       <c r="D17" s="8">
-        <v>2374.93</v>
+        <v>2352.19</v>
       </c>
       <c r="E17" s="8">
-        <v>1599.7</v>
+        <v>1552.73</v>
       </c>
       <c r="F17" s="8">
-        <v>1766.22</v>
+        <v>1848.2</v>
       </c>
       <c r="G17" s="8">
-        <v>1565.04</v>
+        <v>1518.53</v>
       </c>
       <c r="H17" s="8">
-        <v>1005.46</v>
+        <v>931.3099999999999</v>
       </c>
       <c r="I17" s="8">
-        <v>1966.02</v>
+        <v>1795.11</v>
       </c>
       <c r="J17" s="8">
-        <v>1945.77</v>
+        <v>1929.59</v>
       </c>
       <c r="K17" s="8">
-        <v>1087.91</v>
+        <v>1007.83</v>
       </c>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="2"/>
       <c r="B18" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="8">
-        <v>1752.15</v>
+        <v>1739.6</v>
       </c>
       <c r="D18" s="8">
-        <v>2573.31</v>
+        <v>2374.93</v>
       </c>
       <c r="E18" s="8">
-        <v>1584.58</v>
+        <v>1599.7</v>
       </c>
       <c r="F18" s="8">
-        <v>1888.18</v>
+        <v>1766.22</v>
       </c>
       <c r="G18" s="8">
-        <v>1397.63</v>
+        <v>1565.04</v>
       </c>
       <c r="H18" s="8">
-        <v>941.63</v>
+        <v>1005.46</v>
       </c>
       <c r="I18" s="8">
-        <v>2070.95</v>
+        <v>1966.02</v>
       </c>
       <c r="J18" s="8">
-        <v>1930.38</v>
+        <v>1945.77</v>
       </c>
       <c r="K18" s="8">
-        <v>1161.83</v>
+        <v>1087.91</v>
       </c>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="2"/>
-      <c r="B19" s="2"/>
-[...8 lines deleted...]
-      <c r="K19" s="3"/>
+      <c r="B19" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C19" s="8">
+        <v>1752.15</v>
+      </c>
+      <c r="D19" s="8">
+        <v>2573.31</v>
+      </c>
+      <c r="E19" s="8">
+        <v>1584.58</v>
+      </c>
+      <c r="F19" s="8">
+        <v>1888.18</v>
+      </c>
+      <c r="G19" s="8">
+        <v>1397.63</v>
+      </c>
+      <c r="H19" s="8">
+        <v>941.63</v>
+      </c>
+      <c r="I19" s="8">
+        <v>2070.95</v>
+      </c>
+      <c r="J19" s="8">
+        <v>1930.38</v>
+      </c>
+      <c r="K19" s="8">
+        <v>1161.83</v>
+      </c>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
     </row>
     <row r="20" spans="1:13">
-      <c r="A20" s="2">
-[...31 lines deleted...]
-      </c>
+      <c r="A20" s="2"/>
+      <c r="B20" s="2"/>
+      <c r="C20" s="3"/>
+      <c r="D20" s="3"/>
+      <c r="E20" s="3"/>
+      <c r="F20" s="3"/>
+      <c r="G20" s="3"/>
+      <c r="H20" s="3"/>
+      <c r="I20" s="3"/>
+      <c r="J20" s="3"/>
+      <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
     </row>
     <row r="21" spans="1:13">
-      <c r="A21" s="2"/>
+      <c r="A21" s="2">
+        <v>2024</v>
+      </c>
       <c r="B21" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C21" s="8">
-        <v>1983.79</v>
+        <v>1811.77</v>
       </c>
       <c r="D21" s="8">
-        <v>2508.94</v>
+        <v>2550.64</v>
       </c>
       <c r="E21" s="8">
-        <v>1869.25</v>
+        <v>1655.42</v>
       </c>
       <c r="F21" s="8">
-        <v>1795.53</v>
+        <v>1822.23</v>
       </c>
       <c r="G21" s="8">
-        <v>1523.54</v>
+        <v>1466.33</v>
       </c>
       <c r="H21" s="8">
-        <v>904.01</v>
+        <v>946.3200000000001</v>
       </c>
       <c r="I21" s="8">
-        <v>1949.32</v>
+        <v>2050.69</v>
       </c>
       <c r="J21" s="8">
-        <v>2774.09</v>
+        <v>2074.95</v>
       </c>
       <c r="K21" s="8">
-        <v>1074.78</v>
+        <v>1296.4</v>
       </c>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="2"/>
       <c r="B22" s="2" t="s">
         <v>43</v>
       </c>
       <c r="C22" s="8">
-        <v>1723.54</v>
+        <v>1983.79</v>
       </c>
       <c r="D22" s="8">
-        <v>2437.28</v>
+        <v>2508.94</v>
       </c>
       <c r="E22" s="8">
-        <v>1567.02</v>
+        <v>1869.25</v>
       </c>
       <c r="F22" s="8">
-        <v>1864.75</v>
+        <v>1795.53</v>
       </c>
       <c r="G22" s="8">
-        <v>1375.8</v>
+        <v>1523.54</v>
       </c>
       <c r="H22" s="8">
-        <v>926.46</v>
+        <v>904.01</v>
       </c>
       <c r="I22" s="8">
-        <v>1889.3</v>
+        <v>1949.32</v>
       </c>
       <c r="J22" s="8">
-        <v>1909.27</v>
+        <v>2774.09</v>
       </c>
       <c r="K22" s="8">
-        <v>1217.65</v>
+        <v>1074.78</v>
       </c>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="2"/>
       <c r="B23" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C23" s="8">
-        <v>1706.88</v>
+        <v>1723.54</v>
       </c>
       <c r="D23" s="8">
-        <v>2393.92</v>
+        <v>2437.28</v>
       </c>
       <c r="E23" s="8">
-        <v>1549.59</v>
+        <v>1567.02</v>
       </c>
       <c r="F23" s="8">
-        <v>1846.85</v>
+        <v>1864.75</v>
       </c>
       <c r="G23" s="8">
-        <v>1619.05</v>
+        <v>1375.8</v>
       </c>
       <c r="H23" s="8">
-        <v>887</v>
+        <v>926.46</v>
       </c>
       <c r="I23" s="8">
-        <v>1812.25</v>
+        <v>1889.3</v>
       </c>
       <c r="J23" s="8">
-        <v>1827.72</v>
+        <v>1909.27</v>
       </c>
       <c r="K23" s="8">
-        <v>1266.99</v>
+        <v>1217.65</v>
       </c>
       <c r="L23" s="3"/>
       <c r="M23" s="3"/>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="2"/>
       <c r="B24" s="2"/>
       <c r="C24" s="3"/>
       <c r="D24" s="3"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
       <c r="L24" s="3"/>
       <c r="M24" s="3"/>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B25" s="5"/>
       <c r="C25" s="7"/>