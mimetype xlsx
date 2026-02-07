--- v2 (2026-01-18)
+++ v3 (2026-02-07)
@@ -133,84 +133,84 @@
   <si>
     <t>(V1810726)</t>
   </si>
   <si>
     <t>(V1810730)</t>
   </si>
   <si>
     <t>(V1810727)</t>
   </si>
   <si>
     <t>(V1810735)</t>
   </si>
   <si>
     <t>(V1810731)</t>
   </si>
   <si>
     <t>(V1810740)</t>
   </si>
   <si>
     <t>(V1810751)</t>
   </si>
   <si>
     <t>(V1810748)</t>
   </si>
   <si>
+    <t>Nov</t>
+  </si>
+  <si>
     <t>Oct</t>
   </si>
   <si>
     <t>Sep</t>
   </si>
   <si>
     <t>Aug</t>
   </si>
   <si>
     <t>Jul</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Dec</t>
-  </si>
-[...1 lines deleted...]
-    <t>Nov</t>
   </si>
   <si>
     <t>Annual</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* (#,##0);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -811,512 +811,512 @@
       <c r="M8" s="3"/>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="2"/>
       <c r="B9" s="2"/>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
       <c r="M9" s="3"/>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="2">
         <v>2025</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="8">
-        <v>1745.34</v>
+        <v>1727.84</v>
       </c>
       <c r="D10" s="8">
-        <v>2331.98</v>
+        <v>2290.01</v>
       </c>
       <c r="E10" s="8">
-        <v>1626.81</v>
+        <v>1617.65</v>
       </c>
       <c r="F10" s="8">
-        <v>1746.54</v>
+        <v>1745.91</v>
       </c>
       <c r="G10" s="8">
-        <v>1586.76</v>
+        <v>1542.16</v>
       </c>
       <c r="H10" s="8">
-        <v>881.9</v>
+        <v>901.72</v>
       </c>
       <c r="I10" s="8">
-        <v>1855.13</v>
+        <v>1904.53</v>
       </c>
       <c r="J10" s="8">
-        <v>1981.73</v>
+        <v>2011.51</v>
       </c>
       <c r="K10" s="8">
-        <v>1267.62</v>
+        <v>1263.47</v>
       </c>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="2"/>
       <c r="B11" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C11" s="8">
-        <v>1766.18</v>
+        <v>1736.63</v>
       </c>
       <c r="D11" s="8">
-        <v>2398.61</v>
+        <v>2327.96</v>
       </c>
       <c r="E11" s="8">
-        <v>1633.85</v>
+        <v>1616.08</v>
       </c>
       <c r="F11" s="8">
-        <v>1797.63</v>
+        <v>1747.39</v>
       </c>
       <c r="G11" s="8">
-        <v>1646.41</v>
+        <v>1559.11</v>
       </c>
       <c r="H11" s="8">
-        <v>848.88</v>
+        <v>889.23</v>
       </c>
       <c r="I11" s="8">
-        <v>1981.45</v>
+        <v>1851.62</v>
       </c>
       <c r="J11" s="8">
-        <v>2065.96</v>
+        <v>2022.48</v>
       </c>
       <c r="K11" s="8">
-        <v>1306.31</v>
+        <v>1275.5</v>
       </c>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="2"/>
       <c r="B12" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="8">
-        <v>1771.96</v>
+        <v>1766.18</v>
       </c>
       <c r="D12" s="8">
-        <v>2440.81</v>
+        <v>2398.61</v>
       </c>
       <c r="E12" s="8">
-        <v>1630.6</v>
+        <v>1633.85</v>
       </c>
       <c r="F12" s="8">
-        <v>1810.32</v>
+        <v>1797.63</v>
       </c>
       <c r="G12" s="8">
-        <v>1507.59</v>
+        <v>1646.41</v>
       </c>
       <c r="H12" s="8">
-        <v>882.63</v>
+        <v>848.88</v>
       </c>
       <c r="I12" s="8">
-        <v>1922.72</v>
+        <v>1981.45</v>
       </c>
       <c r="J12" s="8">
-        <v>2024.59</v>
+        <v>2065.96</v>
       </c>
       <c r="K12" s="8">
-        <v>1125.44</v>
+        <v>1306.31</v>
       </c>
       <c r="L12" s="3"/>
       <c r="M12" s="3"/>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="2"/>
       <c r="B13" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C13" s="8">
-        <v>1727.92</v>
+        <v>1771.96</v>
       </c>
       <c r="D13" s="8">
-        <v>2365.69</v>
+        <v>2440.81</v>
       </c>
       <c r="E13" s="8">
-        <v>1591.94</v>
+        <v>1630.6</v>
       </c>
       <c r="F13" s="8">
-        <v>1793.36</v>
+        <v>1810.32</v>
       </c>
       <c r="G13" s="8">
-        <v>1453.55</v>
+        <v>1507.59</v>
       </c>
       <c r="H13" s="8">
-        <v>887.1</v>
+        <v>882.63</v>
       </c>
       <c r="I13" s="8">
-        <v>1918.36</v>
+        <v>1922.72</v>
       </c>
       <c r="J13" s="8">
-        <v>1968.95</v>
+        <v>2024.59</v>
       </c>
       <c r="K13" s="8">
-        <v>1180.59</v>
+        <v>1125.44</v>
       </c>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="2"/>
       <c r="B14" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="8">
-        <v>1731.31</v>
+        <v>1727.92</v>
       </c>
       <c r="D14" s="8">
-        <v>2412.43</v>
+        <v>2365.69</v>
       </c>
       <c r="E14" s="8">
-        <v>1591.09</v>
+        <v>1591.94</v>
       </c>
       <c r="F14" s="8">
-        <v>1668.11</v>
+        <v>1793.36</v>
       </c>
       <c r="G14" s="8">
-        <v>1468.6</v>
+        <v>1453.55</v>
       </c>
       <c r="H14" s="8">
-        <v>868.13</v>
+        <v>887.1</v>
       </c>
       <c r="I14" s="8">
-        <v>1854.64</v>
+        <v>1918.36</v>
       </c>
       <c r="J14" s="8">
-        <v>2027.73</v>
+        <v>1968.95</v>
       </c>
       <c r="K14" s="8">
-        <v>1186.79</v>
+        <v>1180.59</v>
       </c>
       <c r="L14" s="3"/>
       <c r="M14" s="3"/>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="2"/>
       <c r="B15" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="8">
-        <v>1741.27</v>
+        <v>1731.31</v>
       </c>
       <c r="D15" s="8">
-        <v>2352.89</v>
+        <v>2412.43</v>
       </c>
       <c r="E15" s="8">
-        <v>1614.08</v>
+        <v>1591.09</v>
       </c>
       <c r="F15" s="8">
-        <v>1694.44</v>
+        <v>1668.11</v>
       </c>
       <c r="G15" s="8">
-        <v>1501.77</v>
+        <v>1468.6</v>
       </c>
       <c r="H15" s="8">
-        <v>886.78</v>
+        <v>868.13</v>
       </c>
       <c r="I15" s="8">
-        <v>1913.81</v>
+        <v>1854.64</v>
       </c>
       <c r="J15" s="8">
-        <v>1989.81</v>
+        <v>2027.73</v>
       </c>
       <c r="K15" s="8">
-        <v>1158.82</v>
+        <v>1186.79</v>
       </c>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="2"/>
       <c r="B16" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="8">
-        <v>1743.1</v>
+        <v>1741.27</v>
       </c>
       <c r="D16" s="8">
-        <v>2426.05</v>
+        <v>2352.89</v>
       </c>
       <c r="E16" s="8">
-        <v>1597.74</v>
+        <v>1614.08</v>
       </c>
       <c r="F16" s="8">
-        <v>1827.11</v>
+        <v>1694.44</v>
       </c>
       <c r="G16" s="8">
-        <v>1414.65</v>
+        <v>1501.77</v>
       </c>
       <c r="H16" s="8">
-        <v>1008.33</v>
+        <v>886.78</v>
       </c>
       <c r="I16" s="8">
-        <v>1848.68</v>
+        <v>1913.81</v>
       </c>
       <c r="J16" s="8">
-        <v>2012.87</v>
+        <v>1989.81</v>
       </c>
       <c r="K16" s="8">
-        <v>1158.96</v>
+        <v>1158.82</v>
       </c>
       <c r="L16" s="3"/>
       <c r="M16" s="3"/>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="2"/>
       <c r="B17" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="8">
-        <v>1693.84</v>
+        <v>1743.1</v>
       </c>
       <c r="D17" s="8">
-        <v>2352.19</v>
+        <v>2426.05</v>
       </c>
       <c r="E17" s="8">
-        <v>1552.73</v>
+        <v>1597.74</v>
       </c>
       <c r="F17" s="8">
-        <v>1848.2</v>
+        <v>1827.11</v>
       </c>
       <c r="G17" s="8">
-        <v>1518.53</v>
+        <v>1414.65</v>
       </c>
       <c r="H17" s="8">
-        <v>931.3099999999999</v>
+        <v>1008.33</v>
       </c>
       <c r="I17" s="8">
-        <v>1795.11</v>
+        <v>1848.68</v>
       </c>
       <c r="J17" s="8">
-        <v>1929.59</v>
+        <v>2012.87</v>
       </c>
       <c r="K17" s="8">
-        <v>1007.83</v>
+        <v>1158.96</v>
       </c>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="2"/>
       <c r="B18" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="8">
-        <v>1739.6</v>
+        <v>1693.84</v>
       </c>
       <c r="D18" s="8">
-        <v>2374.93</v>
+        <v>2352.19</v>
       </c>
       <c r="E18" s="8">
-        <v>1599.7</v>
+        <v>1552.73</v>
       </c>
       <c r="F18" s="8">
-        <v>1766.22</v>
+        <v>1848.2</v>
       </c>
       <c r="G18" s="8">
-        <v>1565.04</v>
+        <v>1518.53</v>
       </c>
       <c r="H18" s="8">
-        <v>1005.46</v>
+        <v>931.3099999999999</v>
       </c>
       <c r="I18" s="8">
-        <v>1966.02</v>
+        <v>1795.11</v>
       </c>
       <c r="J18" s="8">
-        <v>1945.77</v>
+        <v>1929.59</v>
       </c>
       <c r="K18" s="8">
-        <v>1087.91</v>
+        <v>1007.83</v>
       </c>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="2"/>
       <c r="B19" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C19" s="8">
-        <v>1752.15</v>
+        <v>1739.6</v>
       </c>
       <c r="D19" s="8">
-        <v>2573.31</v>
+        <v>2374.93</v>
       </c>
       <c r="E19" s="8">
-        <v>1584.58</v>
+        <v>1599.7</v>
       </c>
       <c r="F19" s="8">
-        <v>1888.18</v>
+        <v>1766.22</v>
       </c>
       <c r="G19" s="8">
-        <v>1397.63</v>
+        <v>1565.04</v>
       </c>
       <c r="H19" s="8">
-        <v>941.63</v>
+        <v>1005.46</v>
       </c>
       <c r="I19" s="8">
-        <v>2070.95</v>
+        <v>1966.02</v>
       </c>
       <c r="J19" s="8">
-        <v>1930.38</v>
+        <v>1945.77</v>
       </c>
       <c r="K19" s="8">
-        <v>1161.83</v>
+        <v>1087.91</v>
       </c>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="2"/>
-      <c r="B20" s="2"/>
-[...8 lines deleted...]
-      <c r="K20" s="3"/>
+      <c r="B20" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="C20" s="8">
+        <v>1752.15</v>
+      </c>
+      <c r="D20" s="8">
+        <v>2573.31</v>
+      </c>
+      <c r="E20" s="8">
+        <v>1584.58</v>
+      </c>
+      <c r="F20" s="8">
+        <v>1888.18</v>
+      </c>
+      <c r="G20" s="8">
+        <v>1397.63</v>
+      </c>
+      <c r="H20" s="8">
+        <v>941.63</v>
+      </c>
+      <c r="I20" s="8">
+        <v>2070.95</v>
+      </c>
+      <c r="J20" s="8">
+        <v>1930.38</v>
+      </c>
+      <c r="K20" s="8">
+        <v>1161.83</v>
+      </c>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
     </row>
     <row r="21" spans="1:13">
-      <c r="A21" s="2">
-[...31 lines deleted...]
-      </c>
+      <c r="A21" s="2"/>
+      <c r="B21" s="2"/>
+      <c r="C21" s="3"/>
+      <c r="D21" s="3"/>
+      <c r="E21" s="3"/>
+      <c r="F21" s="3"/>
+      <c r="G21" s="3"/>
+      <c r="H21" s="3"/>
+      <c r="I21" s="3"/>
+      <c r="J21" s="3"/>
+      <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
     <row r="22" spans="1:13">
-      <c r="A22" s="2"/>
+      <c r="A22" s="2">
+        <v>2024</v>
+      </c>
       <c r="B22" s="2" t="s">
         <v>43</v>
       </c>
       <c r="C22" s="8">
-        <v>1983.79</v>
+        <v>1811.77</v>
       </c>
       <c r="D22" s="8">
-        <v>2508.94</v>
+        <v>2550.64</v>
       </c>
       <c r="E22" s="8">
-        <v>1869.25</v>
+        <v>1655.42</v>
       </c>
       <c r="F22" s="8">
-        <v>1795.53</v>
+        <v>1822.23</v>
       </c>
       <c r="G22" s="8">
-        <v>1523.54</v>
+        <v>1466.33</v>
       </c>
       <c r="H22" s="8">
-        <v>904.01</v>
+        <v>946.3200000000001</v>
       </c>
       <c r="I22" s="8">
-        <v>1949.32</v>
+        <v>2050.69</v>
       </c>
       <c r="J22" s="8">
-        <v>2774.09</v>
+        <v>2074.95</v>
       </c>
       <c r="K22" s="8">
-        <v>1074.78</v>
+        <v>1296.4</v>
       </c>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="2"/>
       <c r="B23" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C23" s="8">
-        <v>1723.54</v>
+        <v>1983.79</v>
       </c>
       <c r="D23" s="8">
-        <v>2437.28</v>
+        <v>2508.94</v>
       </c>
       <c r="E23" s="8">
-        <v>1567.02</v>
+        <v>1869.25</v>
       </c>
       <c r="F23" s="8">
-        <v>1864.75</v>
+        <v>1795.53</v>
       </c>
       <c r="G23" s="8">
-        <v>1375.8</v>
+        <v>1523.54</v>
       </c>
       <c r="H23" s="8">
-        <v>926.46</v>
+        <v>904.01</v>
       </c>
       <c r="I23" s="8">
-        <v>1889.3</v>
+        <v>1949.32</v>
       </c>
       <c r="J23" s="8">
-        <v>1909.27</v>
+        <v>2774.09</v>
       </c>
       <c r="K23" s="8">
-        <v>1217.65</v>
+        <v>1074.78</v>
       </c>
       <c r="L23" s="3"/>
       <c r="M23" s="3"/>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="2"/>
       <c r="B24" s="2"/>
       <c r="C24" s="3"/>
       <c r="D24" s="3"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
       <c r="L24" s="3"/>
       <c r="M24" s="3"/>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B25" s="5"/>
       <c r="C25" s="7"/>