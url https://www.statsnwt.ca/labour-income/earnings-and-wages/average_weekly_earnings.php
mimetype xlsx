--- v3 (2026-02-07)
+++ v4 (2026-02-27)
@@ -133,84 +133,84 @@
   <si>
     <t>(V1810726)</t>
   </si>
   <si>
     <t>(V1810730)</t>
   </si>
   <si>
     <t>(V1810727)</t>
   </si>
   <si>
     <t>(V1810735)</t>
   </si>
   <si>
     <t>(V1810731)</t>
   </si>
   <si>
     <t>(V1810740)</t>
   </si>
   <si>
     <t>(V1810751)</t>
   </si>
   <si>
     <t>(V1810748)</t>
   </si>
   <si>
+    <t>Dec</t>
+  </si>
+  <si>
     <t>Nov</t>
   </si>
   <si>
     <t>Oct</t>
   </si>
   <si>
     <t>Sep</t>
   </si>
   <si>
     <t>Aug</t>
   </si>
   <si>
     <t>Jul</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Jan</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dec</t>
   </si>
   <si>
     <t>Annual</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* (#,##0);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -811,512 +811,512 @@
       <c r="M8" s="3"/>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="2"/>
       <c r="B9" s="2"/>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
       <c r="M9" s="3"/>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="2">
         <v>2025</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="8">
-        <v>1727.84</v>
+        <v>1719.48</v>
       </c>
       <c r="D10" s="8">
-        <v>2290.01</v>
+        <v>2103</v>
       </c>
       <c r="E10" s="8">
-        <v>1617.65</v>
+        <v>1644.19</v>
       </c>
       <c r="F10" s="8">
-        <v>1745.91</v>
+        <v>1635.37</v>
       </c>
       <c r="G10" s="8">
-        <v>1542.16</v>
+        <v>1669.5</v>
       </c>
       <c r="H10" s="8">
-        <v>901.72</v>
+        <v>983.22</v>
       </c>
       <c r="I10" s="8">
-        <v>1904.53</v>
+        <v>1838.33</v>
       </c>
       <c r="J10" s="8">
-        <v>2011.51</v>
+        <v>2034.35</v>
       </c>
       <c r="K10" s="8">
-        <v>1263.47</v>
+        <v>1173.92</v>
       </c>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="2"/>
       <c r="B11" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C11" s="8">
-        <v>1736.63</v>
+        <v>1722.52</v>
       </c>
       <c r="D11" s="8">
-        <v>2327.96</v>
+        <v>2288.21</v>
       </c>
       <c r="E11" s="8">
-        <v>1616.08</v>
+        <v>1611.58</v>
       </c>
       <c r="F11" s="8">
-        <v>1747.39</v>
+        <v>1743.48</v>
       </c>
       <c r="G11" s="8">
-        <v>1559.11</v>
+        <v>1542.9</v>
       </c>
       <c r="H11" s="8">
-        <v>889.23</v>
+        <v>917.42</v>
       </c>
       <c r="I11" s="8">
-        <v>1851.62</v>
+        <v>1895.41</v>
       </c>
       <c r="J11" s="8">
-        <v>2022.48</v>
+        <v>2011.77</v>
       </c>
       <c r="K11" s="8">
-        <v>1275.5</v>
+        <v>1183.74</v>
       </c>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="2"/>
       <c r="B12" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="8">
-        <v>1766.18</v>
+        <v>1736.63</v>
       </c>
       <c r="D12" s="8">
-        <v>2398.61</v>
+        <v>2327.96</v>
       </c>
       <c r="E12" s="8">
-        <v>1633.85</v>
+        <v>1616.08</v>
       </c>
       <c r="F12" s="8">
-        <v>1797.63</v>
+        <v>1747.39</v>
       </c>
       <c r="G12" s="8">
-        <v>1646.41</v>
+        <v>1559.11</v>
       </c>
       <c r="H12" s="8">
-        <v>848.88</v>
+        <v>889.23</v>
       </c>
       <c r="I12" s="8">
-        <v>1981.45</v>
+        <v>1851.62</v>
       </c>
       <c r="J12" s="8">
-        <v>2065.96</v>
+        <v>2022.48</v>
       </c>
       <c r="K12" s="8">
-        <v>1306.31</v>
+        <v>1275.5</v>
       </c>
       <c r="L12" s="3"/>
       <c r="M12" s="3"/>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="2"/>
       <c r="B13" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C13" s="8">
-        <v>1771.96</v>
+        <v>1766.18</v>
       </c>
       <c r="D13" s="8">
-        <v>2440.81</v>
+        <v>2398.61</v>
       </c>
       <c r="E13" s="8">
-        <v>1630.6</v>
+        <v>1633.85</v>
       </c>
       <c r="F13" s="8">
-        <v>1810.32</v>
+        <v>1797.63</v>
       </c>
       <c r="G13" s="8">
-        <v>1507.59</v>
+        <v>1646.41</v>
       </c>
       <c r="H13" s="8">
-        <v>882.63</v>
+        <v>848.88</v>
       </c>
       <c r="I13" s="8">
-        <v>1922.72</v>
+        <v>1981.45</v>
       </c>
       <c r="J13" s="8">
-        <v>2024.59</v>
+        <v>2065.96</v>
       </c>
       <c r="K13" s="8">
-        <v>1125.44</v>
+        <v>1306.31</v>
       </c>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="2"/>
       <c r="B14" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="8">
-        <v>1727.92</v>
+        <v>1771.96</v>
       </c>
       <c r="D14" s="8">
-        <v>2365.69</v>
+        <v>2440.81</v>
       </c>
       <c r="E14" s="8">
-        <v>1591.94</v>
+        <v>1630.6</v>
       </c>
       <c r="F14" s="8">
-        <v>1793.36</v>
+        <v>1810.32</v>
       </c>
       <c r="G14" s="8">
-        <v>1453.55</v>
+        <v>1507.59</v>
       </c>
       <c r="H14" s="8">
-        <v>887.1</v>
+        <v>882.63</v>
       </c>
       <c r="I14" s="8">
-        <v>1918.36</v>
+        <v>1922.72</v>
       </c>
       <c r="J14" s="8">
-        <v>1968.95</v>
+        <v>2024.59</v>
       </c>
       <c r="K14" s="8">
-        <v>1180.59</v>
+        <v>1125.44</v>
       </c>
       <c r="L14" s="3"/>
       <c r="M14" s="3"/>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="2"/>
       <c r="B15" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="8">
-        <v>1731.31</v>
+        <v>1727.92</v>
       </c>
       <c r="D15" s="8">
-        <v>2412.43</v>
+        <v>2365.69</v>
       </c>
       <c r="E15" s="8">
-        <v>1591.09</v>
+        <v>1591.94</v>
       </c>
       <c r="F15" s="8">
-        <v>1668.11</v>
+        <v>1793.36</v>
       </c>
       <c r="G15" s="8">
-        <v>1468.6</v>
+        <v>1453.55</v>
       </c>
       <c r="H15" s="8">
-        <v>868.13</v>
+        <v>887.1</v>
       </c>
       <c r="I15" s="8">
-        <v>1854.64</v>
+        <v>1918.36</v>
       </c>
       <c r="J15" s="8">
-        <v>2027.73</v>
+        <v>1968.95</v>
       </c>
       <c r="K15" s="8">
-        <v>1186.79</v>
+        <v>1180.59</v>
       </c>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="2"/>
       <c r="B16" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="8">
-        <v>1741.27</v>
+        <v>1731.31</v>
       </c>
       <c r="D16" s="8">
-        <v>2352.89</v>
+        <v>2412.43</v>
       </c>
       <c r="E16" s="8">
-        <v>1614.08</v>
+        <v>1591.09</v>
       </c>
       <c r="F16" s="8">
-        <v>1694.44</v>
+        <v>1668.11</v>
       </c>
       <c r="G16" s="8">
-        <v>1501.77</v>
+        <v>1468.6</v>
       </c>
       <c r="H16" s="8">
-        <v>886.78</v>
+        <v>868.13</v>
       </c>
       <c r="I16" s="8">
-        <v>1913.81</v>
+        <v>1854.64</v>
       </c>
       <c r="J16" s="8">
-        <v>1989.81</v>
+        <v>2027.73</v>
       </c>
       <c r="K16" s="8">
-        <v>1158.82</v>
+        <v>1186.79</v>
       </c>
       <c r="L16" s="3"/>
       <c r="M16" s="3"/>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="2"/>
       <c r="B17" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="8">
-        <v>1743.1</v>
+        <v>1741.27</v>
       </c>
       <c r="D17" s="8">
-        <v>2426.05</v>
+        <v>2352.89</v>
       </c>
       <c r="E17" s="8">
-        <v>1597.74</v>
+        <v>1614.08</v>
       </c>
       <c r="F17" s="8">
-        <v>1827.11</v>
+        <v>1694.44</v>
       </c>
       <c r="G17" s="8">
-        <v>1414.65</v>
+        <v>1501.77</v>
       </c>
       <c r="H17" s="8">
-        <v>1008.33</v>
+        <v>886.78</v>
       </c>
       <c r="I17" s="8">
-        <v>1848.68</v>
+        <v>1913.81</v>
       </c>
       <c r="J17" s="8">
-        <v>2012.87</v>
+        <v>1989.81</v>
       </c>
       <c r="K17" s="8">
-        <v>1158.96</v>
+        <v>1158.82</v>
       </c>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="2"/>
       <c r="B18" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="8">
-        <v>1693.84</v>
+        <v>1743.1</v>
       </c>
       <c r="D18" s="8">
-        <v>2352.19</v>
+        <v>2426.05</v>
       </c>
       <c r="E18" s="8">
-        <v>1552.73</v>
+        <v>1597.74</v>
       </c>
       <c r="F18" s="8">
-        <v>1848.2</v>
+        <v>1827.11</v>
       </c>
       <c r="G18" s="8">
-        <v>1518.53</v>
+        <v>1414.65</v>
       </c>
       <c r="H18" s="8">
-        <v>931.3099999999999</v>
+        <v>1008.33</v>
       </c>
       <c r="I18" s="8">
-        <v>1795.11</v>
+        <v>1848.68</v>
       </c>
       <c r="J18" s="8">
-        <v>1929.59</v>
+        <v>2012.87</v>
       </c>
       <c r="K18" s="8">
-        <v>1007.83</v>
+        <v>1158.96</v>
       </c>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="2"/>
       <c r="B19" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C19" s="8">
-        <v>1739.6</v>
+        <v>1693.84</v>
       </c>
       <c r="D19" s="8">
-        <v>2374.93</v>
+        <v>2352.19</v>
       </c>
       <c r="E19" s="8">
-        <v>1599.7</v>
+        <v>1552.73</v>
       </c>
       <c r="F19" s="8">
-        <v>1766.22</v>
+        <v>1848.2</v>
       </c>
       <c r="G19" s="8">
-        <v>1565.04</v>
+        <v>1518.53</v>
       </c>
       <c r="H19" s="8">
-        <v>1005.46</v>
+        <v>931.3099999999999</v>
       </c>
       <c r="I19" s="8">
-        <v>1966.02</v>
+        <v>1795.11</v>
       </c>
       <c r="J19" s="8">
-        <v>1945.77</v>
+        <v>1929.59</v>
       </c>
       <c r="K19" s="8">
-        <v>1087.91</v>
+        <v>1007.83</v>
       </c>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="2"/>
       <c r="B20" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="8">
-        <v>1752.15</v>
+        <v>1739.6</v>
       </c>
       <c r="D20" s="8">
-        <v>2573.31</v>
+        <v>2374.93</v>
       </c>
       <c r="E20" s="8">
-        <v>1584.58</v>
+        <v>1599.7</v>
       </c>
       <c r="F20" s="8">
-        <v>1888.18</v>
+        <v>1766.22</v>
       </c>
       <c r="G20" s="8">
-        <v>1397.63</v>
+        <v>1565.04</v>
       </c>
       <c r="H20" s="8">
-        <v>941.63</v>
+        <v>1005.46</v>
       </c>
       <c r="I20" s="8">
-        <v>2070.95</v>
+        <v>1966.02</v>
       </c>
       <c r="J20" s="8">
-        <v>1930.38</v>
+        <v>1945.77</v>
       </c>
       <c r="K20" s="8">
-        <v>1161.83</v>
+        <v>1087.91</v>
       </c>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="2"/>
-      <c r="B21" s="2"/>
-[...8 lines deleted...]
-      <c r="K21" s="3"/>
+      <c r="B21" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C21" s="8">
+        <v>1752.15</v>
+      </c>
+      <c r="D21" s="8">
+        <v>2573.31</v>
+      </c>
+      <c r="E21" s="8">
+        <v>1584.58</v>
+      </c>
+      <c r="F21" s="8">
+        <v>1888.18</v>
+      </c>
+      <c r="G21" s="8">
+        <v>1397.63</v>
+      </c>
+      <c r="H21" s="8">
+        <v>941.63</v>
+      </c>
+      <c r="I21" s="8">
+        <v>2070.95</v>
+      </c>
+      <c r="J21" s="8">
+        <v>1930.38</v>
+      </c>
+      <c r="K21" s="8">
+        <v>1161.83</v>
+      </c>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
     <row r="22" spans="1:13">
-      <c r="A22" s="2">
-[...31 lines deleted...]
-      </c>
+      <c r="A22" s="2"/>
+      <c r="B22" s="2"/>
+      <c r="C22" s="3"/>
+      <c r="D22" s="3"/>
+      <c r="E22" s="3"/>
+      <c r="F22" s="3"/>
+      <c r="G22" s="3"/>
+      <c r="H22" s="3"/>
+      <c r="I22" s="3"/>
+      <c r="J22" s="3"/>
+      <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
     </row>
     <row r="23" spans="1:13">
-      <c r="A23" s="2"/>
+      <c r="A23" s="2">
+        <v>2024</v>
+      </c>
       <c r="B23" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C23" s="8">
-        <v>1983.79</v>
+        <v>1811.77</v>
       </c>
       <c r="D23" s="8">
-        <v>2508.94</v>
+        <v>2550.64</v>
       </c>
       <c r="E23" s="8">
-        <v>1869.25</v>
+        <v>1655.42</v>
       </c>
       <c r="F23" s="8">
-        <v>1795.53</v>
+        <v>1822.23</v>
       </c>
       <c r="G23" s="8">
-        <v>1523.54</v>
+        <v>1466.33</v>
       </c>
       <c r="H23" s="8">
-        <v>904.01</v>
+        <v>946.3200000000001</v>
       </c>
       <c r="I23" s="8">
-        <v>1949.32</v>
+        <v>2050.69</v>
       </c>
       <c r="J23" s="8">
-        <v>2774.09</v>
+        <v>2074.95</v>
       </c>
       <c r="K23" s="8">
-        <v>1074.78</v>
+        <v>1296.4</v>
       </c>
       <c r="L23" s="3"/>
       <c r="M23" s="3"/>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="2"/>
       <c r="B24" s="2"/>
       <c r="C24" s="3"/>
       <c r="D24" s="3"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
       <c r="L24" s="3"/>
       <c r="M24" s="3"/>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B25" s="5"/>
       <c r="C25" s="7"/>
@@ -1326,394 +1326,394 @@
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="2"/>
       <c r="B26" s="2"/>
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
       <c r="L26" s="3"/>
       <c r="M26" s="3"/>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B27" s="9"/>
       <c r="C27" s="8">
-        <v>1723.63</v>
+        <v>1737.16</v>
       </c>
       <c r="D27" s="8">
-        <v>2401.09</v>
+        <v>2368.01</v>
       </c>
       <c r="E27" s="8">
-        <v>1573.06</v>
+        <v>1605.68</v>
       </c>
       <c r="F27" s="8">
-        <v>1817.66</v>
+        <v>1768.32</v>
       </c>
       <c r="G27" s="8">
-        <v>1477.9</v>
+        <v>1520.44</v>
       </c>
       <c r="H27" s="8">
-        <v>903.83</v>
+        <v>920.84</v>
       </c>
       <c r="I27" s="8">
-        <v>1832.17</v>
+        <v>1904.76</v>
       </c>
       <c r="J27" s="8">
-        <v>1958.09</v>
+        <v>1997.02</v>
       </c>
       <c r="K27" s="8">
-        <v>1163.83</v>
+        <v>1167.3</v>
       </c>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B28" s="9"/>
       <c r="C28" s="8">
-        <v>1594.41</v>
+        <v>1723.63</v>
       </c>
       <c r="D28" s="8">
-        <v>2121.29</v>
+        <v>2401.09</v>
       </c>
       <c r="E28" s="8">
-        <v>1481.25</v>
+        <v>1573.06</v>
       </c>
       <c r="F28" s="8">
-        <v>1803.7</v>
+        <v>1817.66</v>
       </c>
       <c r="G28" s="8">
-        <v>1507.74</v>
+        <v>1477.9</v>
       </c>
       <c r="H28" s="8">
-        <v>868.05</v>
+        <v>903.83</v>
       </c>
       <c r="I28" s="8">
-        <v>1582.88</v>
+        <v>1832.17</v>
       </c>
       <c r="J28" s="8">
-        <v>1858.55</v>
+        <v>1958.09</v>
       </c>
       <c r="K28" s="8">
-        <v>1112.33</v>
+        <v>1163.83</v>
       </c>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="9">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B29" s="9"/>
       <c r="C29" s="8">
-        <v>1564.81</v>
+        <v>1594.41</v>
       </c>
       <c r="D29" s="8">
-        <v>2061.33</v>
+        <v>2121.29</v>
       </c>
       <c r="E29" s="8">
-        <v>1451.42</v>
+        <v>1481.25</v>
       </c>
       <c r="F29" s="8">
-        <v>1720.89</v>
+        <v>1803.7</v>
       </c>
       <c r="G29" s="8">
-        <v>1381.43</v>
+        <v>1507.74</v>
       </c>
       <c r="H29" s="8">
-        <v>940.96</v>
+        <v>868.05</v>
       </c>
       <c r="I29" s="8">
-        <v>1490.13</v>
+        <v>1582.88</v>
       </c>
       <c r="J29" s="8">
-        <v>1822.36</v>
+        <v>1858.55</v>
       </c>
       <c r="K29" s="8">
-        <v>1012.86</v>
+        <v>1112.33</v>
       </c>
       <c r="L29" s="3"/>
       <c r="M29" s="3"/>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="9">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B30" s="9"/>
       <c r="C30" s="8">
-        <v>1526.68</v>
+        <v>1564.81</v>
       </c>
       <c r="D30" s="8">
-        <v>1994.38</v>
+        <v>2061.33</v>
       </c>
       <c r="E30" s="8">
-        <v>1425.91</v>
+        <v>1451.42</v>
       </c>
       <c r="F30" s="8">
-        <v>1695.7</v>
+        <v>1720.89</v>
       </c>
       <c r="G30" s="8">
-        <v>1363.18</v>
+        <v>1381.43</v>
       </c>
       <c r="H30" s="8">
-        <v>936.2</v>
+        <v>940.96</v>
       </c>
       <c r="I30" s="8">
-        <v>1319.43</v>
+        <v>1490.13</v>
       </c>
       <c r="J30" s="8">
-        <v>1830.93</v>
+        <v>1822.36</v>
       </c>
       <c r="K30" s="8">
-        <v>904.02</v>
+        <v>1012.86</v>
       </c>
       <c r="L30" s="3"/>
       <c r="M30" s="3"/>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="9">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B31" s="9"/>
       <c r="C31" s="8">
-        <v>1512.69</v>
+        <v>1526.68</v>
       </c>
       <c r="D31" s="8">
-        <v>1996.35</v>
+        <v>1994.38</v>
       </c>
       <c r="E31" s="8">
-        <v>1420.27</v>
+        <v>1425.91</v>
       </c>
       <c r="F31" s="8">
-        <v>1551.63</v>
+        <v>1695.7</v>
       </c>
       <c r="G31" s="8">
-        <v>1308.09</v>
+        <v>1363.18</v>
       </c>
       <c r="H31" s="8">
-        <v>930</v>
+        <v>936.2</v>
       </c>
       <c r="I31" s="8">
-        <v>1332.68</v>
+        <v>1319.43</v>
       </c>
       <c r="J31" s="8">
-        <v>1851.39</v>
+        <v>1830.93</v>
       </c>
       <c r="K31" s="8">
-        <v>870.4299999999999</v>
+        <v>904.02</v>
       </c>
       <c r="L31" s="3"/>
       <c r="M31" s="3"/>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="9">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B32" s="9"/>
       <c r="C32" s="8">
-        <v>1457.38</v>
+        <v>1512.69</v>
       </c>
       <c r="D32" s="8">
-        <v>2070.96</v>
+        <v>1996.35</v>
       </c>
       <c r="E32" s="8">
-        <v>1328.28</v>
+        <v>1420.27</v>
       </c>
       <c r="F32" s="8">
-        <v>1441.25</v>
+        <v>1551.63</v>
       </c>
       <c r="G32" s="8">
-        <v>1310.55</v>
+        <v>1308.09</v>
       </c>
       <c r="H32" s="8">
-        <v>867.34</v>
+        <v>930</v>
       </c>
       <c r="I32" s="8">
-        <v>1405.73</v>
+        <v>1332.68</v>
       </c>
       <c r="J32" s="8">
-        <v>1735.76</v>
+        <v>1851.39</v>
       </c>
       <c r="K32" s="8">
-        <v>781.1900000000001</v>
+        <v>870.4299999999999</v>
       </c>
       <c r="L32" s="3"/>
       <c r="M32" s="3"/>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="9">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B33" s="9"/>
       <c r="C33" s="8">
-        <v>1422.95</v>
+        <v>1457.38</v>
       </c>
       <c r="D33" s="8">
-        <v>1989.22</v>
+        <v>2070.96</v>
       </c>
       <c r="E33" s="8">
-        <v>1295.62</v>
+        <v>1328.28</v>
       </c>
       <c r="F33" s="8">
-        <v>1506.1</v>
+        <v>1441.25</v>
       </c>
       <c r="G33" s="8">
-        <v>1175.16</v>
+        <v>1310.55</v>
       </c>
       <c r="H33" s="8">
-        <v>938.13</v>
+        <v>867.34</v>
       </c>
       <c r="I33" s="8">
-        <v>1379.61</v>
+        <v>1405.73</v>
       </c>
       <c r="J33" s="8">
-        <v>1689.06</v>
+        <v>1735.76</v>
       </c>
       <c r="K33" s="8">
-        <v>787.09</v>
+        <v>781.1900000000001</v>
       </c>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="9">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B34" s="9"/>
       <c r="C34" s="8">
-        <v>1402.72</v>
+        <v>1422.95</v>
       </c>
       <c r="D34" s="8">
-        <v>1926.39</v>
+        <v>1989.22</v>
       </c>
       <c r="E34" s="8">
-        <v>1276.64</v>
+        <v>1295.62</v>
       </c>
       <c r="F34" s="8">
-        <v>1573.7</v>
+        <v>1506.1</v>
       </c>
       <c r="G34" s="8">
-        <v>1270.44</v>
+        <v>1175.16</v>
       </c>
       <c r="H34" s="8">
-        <v>885.2</v>
+        <v>938.13</v>
       </c>
       <c r="I34" s="8">
-        <v>1362.81</v>
+        <v>1379.61</v>
       </c>
       <c r="J34" s="8">
-        <v>1707.01</v>
+        <v>1689.06</v>
       </c>
       <c r="K34" s="8">
-        <v>844.25</v>
+        <v>787.09</v>
       </c>
       <c r="L34" s="3"/>
       <c r="M34" s="3"/>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="9">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B35" s="9"/>
       <c r="C35" s="8">
-        <v>1407.79</v>
+        <v>1402.72</v>
       </c>
       <c r="D35" s="8">
-        <v>1922.1</v>
+        <v>1926.39</v>
       </c>
       <c r="E35" s="8">
-        <v>1280.48</v>
+        <v>1276.64</v>
       </c>
       <c r="F35" s="8">
-        <v>1459.6</v>
+        <v>1573.7</v>
       </c>
       <c r="G35" s="8">
-        <v>1170.72</v>
+        <v>1270.44</v>
       </c>
       <c r="H35" s="8">
-        <v>916.4400000000001</v>
+        <v>885.2</v>
       </c>
       <c r="I35" s="8">
-        <v>1393.62</v>
+        <v>1362.81</v>
       </c>
       <c r="J35" s="8">
-        <v>1667.53</v>
+        <v>1707.01</v>
       </c>
       <c r="K35" s="8">
-        <v>857.26</v>
+        <v>844.25</v>
       </c>
       <c r="L35" s="3"/>
       <c r="M35" s="3"/>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="9">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B36" s="9"/>
       <c r="C36" s="8">
-        <v>1426.42</v>
+        <v>1407.79</v>
       </c>
       <c r="D36" s="8">
-        <v>1864.56</v>
+        <v>1922.1</v>
       </c>
       <c r="E36" s="8">
-        <v>1311.35</v>
+        <v>1280.48</v>
       </c>
       <c r="F36" s="8">
-        <v>1471.17</v>
+        <v>1459.6</v>
       </c>
       <c r="G36" s="8">
-        <v>1393.22</v>
+        <v>1170.72</v>
       </c>
       <c r="H36" s="8">
-        <v>971.73</v>
+        <v>916.4400000000001</v>
       </c>
       <c r="I36" s="8">
-        <v>1467.85</v>
+        <v>1393.62</v>
       </c>
       <c r="J36" s="8">
-        <v>1667.48</v>
+        <v>1667.53</v>
       </c>
       <c r="K36" s="8">
-        <v>840.27</v>
+        <v>857.26</v>
       </c>
       <c r="L36" s="3"/>
       <c r="M36" s="3"/>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="5"/>
       <c r="B37" s="5"/>
       <c r="C37" s="7"/>
       <c r="D37" s="7"/>
       <c r="E37" s="7"/>
       <c r="F37" s="7"/>
       <c r="G37" s="7"/>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="3"/>
       <c r="M37" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A3:F3"/>