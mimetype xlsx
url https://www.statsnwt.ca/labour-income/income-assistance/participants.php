--- v0 (2025-10-06)
+++ v1 (2026-01-19)
@@ -85,84 +85,84 @@
   <si>
     <t>Beneficiaries</t>
   </si>
   <si>
     <t>Area</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>(TS992)</t>
   </si>
   <si>
     <t>(TS993)</t>
   </si>
   <si>
     <t>(TS994)</t>
   </si>
   <si>
     <t>(TS995)</t>
   </si>
   <si>
     <t>(TS996)</t>
   </si>
   <si>
+    <t>Dec</t>
+  </si>
+  <si>
+    <t>Nov</t>
+  </si>
+  <si>
+    <t>Oct</t>
+  </si>
+  <si>
+    <t>Sep</t>
+  </si>
+  <si>
+    <t>Aug</t>
+  </si>
+  <si>
+    <t>Jul</t>
+  </si>
+  <si>
     <t>Jun</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Jan</t>
-  </si>
-[...16 lines deleted...]
-    <t>Jul</t>
   </si>
   <si>
     <t>Annual Totals</t>
   </si>
   <si>
     <t>(monthly avg.)</t>
   </si>
   <si>
     <t>Source: Education, Culture &amp; Employment, GNWT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* (#,##0);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -691,538 +691,538 @@
       <c r="B7" s="4"/>
       <c r="C7" s="5" t="s">
         <v>11</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="G7" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9">
         <v>2025</v>
       </c>
       <c r="B9" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="6">
-        <v>1567</v>
+        <v>1834</v>
       </c>
       <c r="D9" s="6">
-        <v>779</v>
+        <v>927</v>
       </c>
       <c r="E9" s="6">
-        <v>147</v>
+        <v>179</v>
       </c>
       <c r="F9" s="6">
-        <v>159</v>
+        <v>185</v>
       </c>
       <c r="G9" s="6">
-        <v>482</v>
+        <v>543</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="B10" t="s">
         <v>17</v>
       </c>
       <c r="C10" s="6">
-        <v>1457</v>
+        <v>1803</v>
       </c>
       <c r="D10" s="6">
-        <v>739</v>
+        <v>912</v>
       </c>
       <c r="E10" s="6">
-        <v>130</v>
+        <v>187</v>
       </c>
       <c r="F10" s="6">
-        <v>155</v>
+        <v>168</v>
       </c>
       <c r="G10" s="6">
-        <v>433</v>
+        <v>536</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="B11" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="6">
-        <v>1540</v>
+        <v>1746</v>
       </c>
       <c r="D11" s="6">
-        <v>806</v>
+        <v>907</v>
       </c>
       <c r="E11" s="6">
-        <v>134</v>
+        <v>170</v>
       </c>
       <c r="F11" s="6">
-        <v>179</v>
+        <v>159</v>
       </c>
       <c r="G11" s="6">
-        <v>421</v>
+        <v>510</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="B12" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="6">
-        <v>1777</v>
+        <v>1607</v>
       </c>
       <c r="D12" s="6">
-        <v>889</v>
+        <v>826</v>
       </c>
       <c r="E12" s="6">
-        <v>202</v>
+        <v>157</v>
       </c>
       <c r="F12" s="6">
-        <v>193</v>
+        <v>143</v>
       </c>
       <c r="G12" s="6">
-        <v>493</v>
+        <v>481</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="B13" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="6">
-        <v>1801</v>
+        <v>1627</v>
       </c>
       <c r="D13" s="6">
-        <v>899</v>
+        <v>843</v>
       </c>
       <c r="E13" s="6">
-        <v>196</v>
+        <v>145</v>
       </c>
       <c r="F13" s="6">
-        <v>207</v>
+        <v>145</v>
       </c>
       <c r="G13" s="6">
-        <v>499</v>
+        <v>494</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="B14" t="s">
         <v>21</v>
       </c>
       <c r="C14" s="6">
-        <v>1788</v>
+        <v>1626</v>
       </c>
       <c r="D14" s="6">
-        <v>947</v>
+        <v>831</v>
       </c>
       <c r="E14" s="6">
-        <v>165</v>
+        <v>146</v>
       </c>
       <c r="F14" s="6">
-        <v>180</v>
+        <v>158</v>
       </c>
       <c r="G14" s="6">
-        <v>496</v>
+        <v>491</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7">
+      <c r="B15" t="s">
+        <v>22</v>
+      </c>
+      <c r="C15" s="6">
+        <v>1571</v>
+      </c>
+      <c r="D15" s="6">
+        <v>782</v>
+      </c>
+      <c r="E15" s="6">
+        <v>148</v>
+      </c>
+      <c r="F15" s="6">
+        <v>159</v>
+      </c>
+      <c r="G15" s="6">
+        <v>482</v>
       </c>
     </row>
     <row r="16" spans="1:7">
-      <c r="A16">
-[...1 lines deleted...]
-      </c>
       <c r="B16" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C16" s="6">
-        <v>1829</v>
+        <v>1458</v>
       </c>
       <c r="D16" s="6">
-        <v>933</v>
+        <v>740</v>
       </c>
       <c r="E16" s="6">
-        <v>165</v>
+        <v>130</v>
       </c>
       <c r="F16" s="6">
-        <v>188</v>
+        <v>155</v>
       </c>
       <c r="G16" s="6">
-        <v>543</v>
+        <v>433</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="B17" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C17" s="6">
-        <v>1758</v>
+        <v>1540</v>
       </c>
       <c r="D17" s="6">
-        <v>863</v>
+        <v>806</v>
       </c>
       <c r="E17" s="6">
-        <v>181</v>
+        <v>134</v>
       </c>
       <c r="F17" s="6">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="G17" s="6">
-        <v>537</v>
+        <v>421</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="B18" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C18" s="6">
-        <v>1672</v>
+        <v>1777</v>
       </c>
       <c r="D18" s="6">
-        <v>805</v>
+        <v>889</v>
       </c>
       <c r="E18" s="6">
-        <v>181</v>
+        <v>202</v>
       </c>
       <c r="F18" s="6">
-        <v>167</v>
+        <v>193</v>
       </c>
       <c r="G18" s="6">
-        <v>519</v>
+        <v>493</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="B19" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C19" s="6">
-        <v>1560</v>
+        <v>1801</v>
       </c>
       <c r="D19" s="6">
-        <v>770</v>
+        <v>899</v>
       </c>
       <c r="E19" s="6">
-        <v>158</v>
+        <v>196</v>
       </c>
       <c r="F19" s="6">
-        <v>141</v>
+        <v>207</v>
       </c>
       <c r="G19" s="6">
-        <v>491</v>
+        <v>499</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="B20" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C20" s="6">
-        <v>1507</v>
+        <v>1788</v>
       </c>
       <c r="D20" s="6">
-        <v>756</v>
+        <v>947</v>
       </c>
       <c r="E20" s="6">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="F20" s="6">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="G20" s="6">
-        <v>472</v>
-[...19 lines deleted...]
-        <v>493</v>
+        <v>496</v>
       </c>
     </row>
     <row r="22" spans="1:7">
+      <c r="A22">
+        <v>2024</v>
+      </c>
       <c r="B22" t="s">
         <v>16</v>
       </c>
       <c r="C22" s="6">
-        <v>2505</v>
+        <v>1828</v>
       </c>
       <c r="D22" s="6">
-        <v>1194</v>
+        <v>932</v>
       </c>
       <c r="E22" s="6">
-        <v>341</v>
+        <v>165</v>
       </c>
       <c r="F22" s="6">
-        <v>211</v>
+        <v>188</v>
       </c>
       <c r="G22" s="6">
-        <v>759</v>
+        <v>543</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="9" t="s">
         <v>28</v>
       </c>
       <c r="B24" s="9"/>
       <c r="C24" s="10" t="s">
         <v>29</v>
       </c>
       <c r="D24" s="10"/>
       <c r="E24" s="10"/>
       <c r="F24" s="10"/>
       <c r="G24" s="10"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="2"/>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="2"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="8">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B26" s="8"/>
       <c r="C26" s="11">
-        <v>2109</v>
+        <v>1682</v>
       </c>
       <c r="D26" s="11">
-        <v>1035</v>
+        <v>859</v>
       </c>
       <c r="E26" s="11">
-        <v>250</v>
+        <v>163</v>
       </c>
       <c r="F26" s="11">
-        <v>186</v>
+        <v>169</v>
       </c>
       <c r="G26" s="11">
-        <v>637</v>
+        <v>490</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="8">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B27" s="8"/>
       <c r="C27" s="11">
-        <v>2729</v>
+        <v>2109</v>
       </c>
       <c r="D27" s="11">
-        <v>1268</v>
+        <v>1035</v>
       </c>
       <c r="E27" s="11">
-        <v>337</v>
+        <v>250</v>
       </c>
       <c r="F27" s="11">
-        <v>247</v>
+        <v>186</v>
       </c>
       <c r="G27" s="11">
-        <v>877</v>
+        <v>637</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="8">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B28" s="8"/>
       <c r="C28" s="11">
-        <v>2634</v>
+        <v>2729</v>
       </c>
       <c r="D28" s="11">
-        <v>1169</v>
+        <v>1268</v>
       </c>
       <c r="E28" s="11">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="F28" s="11">
-        <v>266</v>
+        <v>247</v>
       </c>
       <c r="G28" s="11">
-        <v>861</v>
+        <v>877</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="8">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B29" s="8"/>
       <c r="C29" s="11">
-        <v>2193</v>
+        <v>2634</v>
       </c>
       <c r="D29" s="11">
-        <v>1025</v>
+        <v>1169</v>
       </c>
       <c r="E29" s="11">
-        <v>304</v>
+        <v>338</v>
       </c>
       <c r="F29" s="11">
-        <v>202</v>
+        <v>266</v>
       </c>
       <c r="G29" s="11">
-        <v>663</v>
+        <v>861</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="8">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B30" s="8"/>
       <c r="C30" s="11">
-        <v>3350</v>
+        <v>2193</v>
       </c>
       <c r="D30" s="11">
-        <v>1483</v>
+        <v>1025</v>
       </c>
       <c r="E30" s="11">
-        <v>460</v>
+        <v>304</v>
       </c>
       <c r="F30" s="11">
-        <v>317</v>
+        <v>202</v>
       </c>
       <c r="G30" s="11">
-        <v>1090</v>
+        <v>663</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="8">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B31" s="8"/>
       <c r="C31" s="11">
-        <v>3215</v>
+        <v>3350</v>
       </c>
       <c r="D31" s="11">
-        <v>1393</v>
+        <v>1483</v>
       </c>
       <c r="E31" s="11">
-        <v>433</v>
+        <v>460</v>
       </c>
       <c r="F31" s="11">
-        <v>329</v>
+        <v>317</v>
       </c>
       <c r="G31" s="11">
-        <v>1059</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="8">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B32" s="8"/>
       <c r="C32" s="11">
-        <v>3192</v>
+        <v>3215</v>
       </c>
       <c r="D32" s="11">
-        <v>1280</v>
+        <v>1393</v>
       </c>
       <c r="E32" s="11">
-        <v>424</v>
+        <v>433</v>
       </c>
       <c r="F32" s="11">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="G32" s="11">
-        <v>1154</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="8">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B33" s="8"/>
       <c r="C33" s="11">
-        <v>2951</v>
+        <v>3192</v>
       </c>
       <c r="D33" s="11">
-        <v>1178</v>
+        <v>1280</v>
       </c>
       <c r="E33" s="11">
-        <v>416</v>
+        <v>424</v>
       </c>
       <c r="F33" s="11">
-        <v>296</v>
+        <v>333</v>
       </c>
       <c r="G33" s="11">
-        <v>1061</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="8">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B34" s="8"/>
       <c r="C34" s="11">
-        <v>2607</v>
+        <v>2951</v>
       </c>
       <c r="D34" s="11">
-        <v>1011</v>
+        <v>1178</v>
       </c>
       <c r="E34" s="11">
-        <v>394</v>
+        <v>416</v>
       </c>
       <c r="F34" s="11">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="G34" s="11">
-        <v>907</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="8">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B35" s="8"/>
       <c r="C35" s="11">
-        <v>2486</v>
+        <v>2607</v>
       </c>
       <c r="D35" s="11">
-        <v>928</v>
+        <v>1011</v>
       </c>
       <c r="E35" s="11">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="F35" s="11">
-        <v>238</v>
+        <v>295</v>
       </c>
       <c r="G35" s="11">
-        <v>934</v>
+        <v>907</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="9"/>
       <c r="B36" s="9"/>
       <c r="C36" s="9"/>
       <c r="D36" s="9"/>
       <c r="E36" s="9"/>
       <c r="F36" s="9"/>
       <c r="G36" s="9"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B37" s="7"/>
       <c r="C37" s="7"/>
       <c r="D37" s="7"/>
       <c r="E37" s="7"/>
       <c r="F37" s="7"/>
       <c r="G37" s="7"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="2"/>
       <c r="B38" s="2"/>